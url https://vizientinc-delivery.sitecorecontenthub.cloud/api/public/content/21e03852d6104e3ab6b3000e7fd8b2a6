--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -1,366 +1,772 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="jpg" ContentType="image/jpg"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...12 lines deleted...]
-  <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId5" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vizientinc-my.sharepoint.com/personal/sara_holmgren_vizientinc_com/Documents/Desktop/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="6" documentId="11_A95DE97801283758EBE7125C93E0C565AFCEE7B7" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BE80640F-B993-4D19-8B63-4ADB210A1905}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
+    <workbookView xWindow="4110" yWindow="2055" windowWidth="21600" windowHeight="12645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Bid Calendar &amp; In Process" sheetId="1" r:id="rId6"/>
-[...5 lines deleted...]
-    <sheet name="Contact Us" sheetId="7" r:id="rId25"/>
+    <sheet name="Bid Calendar &amp; In Process" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Bid Calendar &amp; In Process'!$1:$5</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="1">'In Process - full details'!$1:$5</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="6">'Contact Us'!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="198">
+  <si>
+    <t>Bid Calendar &amp; In Process</t>
+  </si>
+  <si>
+    <t>Prepared for Captis</t>
+  </si>
+  <si>
+    <t>2025 - Confidential | Captis Membership Only | Not for external distribution</t>
+  </si>
+  <si>
+    <t>Spend Category</t>
+  </si>
+  <si>
+    <t>Initiative Name</t>
+  </si>
+  <si>
+    <t>Current Contract End Date</t>
+  </si>
+  <si>
+    <t>Bid Calendar Approval Date</t>
+  </si>
+  <si>
+    <t>New Contract Approval Date - Estimated</t>
+  </si>
+  <si>
+    <t>Captis Spend</t>
+  </si>
+  <si>
+    <t>Additional Products</t>
+  </si>
+  <si>
+    <t>Automated Grossing Station</t>
+  </si>
+  <si>
+    <t>Clinical Preference</t>
+  </si>
+  <si>
+    <t>Cassette and Slide Printers - 2025</t>
+  </si>
+  <si>
+    <t>Federal Technology Fund - 2024/25 Pilot</t>
+  </si>
+  <si>
+    <t>Glucose Meters - 2025</t>
+  </si>
+  <si>
+    <t>Point of Care Testing - 2024</t>
+  </si>
+  <si>
+    <t>Medical Devices</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Bone Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Breast Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Soft Tissue Core Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Craniomaxillofacial Implants &amp; Accessories - Cranial and Facial - 2027</t>
+  </si>
+  <si>
+    <t>Craniomaxillofacial Implants &amp; Accessories - Thoracic - 2027</t>
+  </si>
+  <si>
+    <t>Commodity</t>
+  </si>
+  <si>
+    <t>Disposable Tourniquets 2027</t>
+  </si>
+  <si>
+    <t>Kyphoplasty and Vertebroplasty 2027</t>
+  </si>
+  <si>
+    <t>Medication Delivery Devices 2027</t>
+  </si>
+  <si>
+    <t>Non-Invasive Airway Clearance - Pneumatic Lung Expansion - 2027</t>
+  </si>
+  <si>
+    <t>Non-Invasive Airway Clearance PEP/PAP Handheld - 2027</t>
+  </si>
+  <si>
+    <t>Phlebotomy - Lancets - 2027</t>
+  </si>
+  <si>
+    <t>Sterility Assurance Products 2027</t>
+  </si>
+  <si>
+    <t>CHG Cloths 2027</t>
+  </si>
+  <si>
+    <t>Cochlear Implants 2027</t>
+  </si>
+  <si>
+    <t>ENT Products 2027</t>
+  </si>
+  <si>
+    <t>Enteral and Oral Syringes 2027</t>
+  </si>
+  <si>
+    <t>Iodophor Preoperative Skin Prep 2027</t>
+  </si>
+  <si>
+    <t>Medical Tapes &amp; Self Adherent Wraps 2027</t>
+  </si>
+  <si>
+    <t>Nasogastric Feeding Tubes - Neonatal 2027</t>
+  </si>
+  <si>
+    <t>Nasogastric Feeding Tubes 2027</t>
+  </si>
+  <si>
+    <t>Patient Cleansing Products 2027</t>
+  </si>
+  <si>
+    <t>Percutaneous Tubes 2027</t>
+  </si>
+  <si>
+    <t>Transparent Dressings 2027</t>
+  </si>
+  <si>
+    <t>Basic Electrosurgery Products 2027</t>
+  </si>
+  <si>
+    <t>Disposable Patient Positioners 2027</t>
+  </si>
+  <si>
+    <t>Environmental Services Distribution 2027</t>
+  </si>
+  <si>
+    <t>Gynecological Ablation 2027</t>
+  </si>
+  <si>
+    <t>Gynecological Hysteroscopic Tissue Removal Products 2027</t>
+  </si>
+  <si>
+    <t>Motorized Localized Cold Therapy 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Coils - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Diagnostic Suppliers - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Drug Coated Balloons - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Drug Eluting Stents - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Interventional Supplies - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - IVC Filters - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Specialty - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Thrombectomy - 2027</t>
+  </si>
+  <si>
+    <t>Postoperative Pain Pumps PCA 2027</t>
+  </si>
+  <si>
+    <t>Pharmacy</t>
+  </si>
+  <si>
+    <t>4-Factor PCC 2027</t>
+  </si>
+  <si>
+    <t>Rituximab 2027</t>
+  </si>
+  <si>
+    <t>Trastuzumab 2027</t>
+  </si>
+  <si>
+    <t>Long-Acting Granulocyte-Colony Stimulating Factor 2027</t>
+  </si>
+  <si>
+    <t>RhoD Immune Globulin 2027</t>
+  </si>
+  <si>
+    <t>Innovation Programs</t>
+  </si>
+  <si>
+    <t>Third Party Instrument &amp; Scope Repair - 2026</t>
+  </si>
+  <si>
+    <t>Adalimumab 2026</t>
+  </si>
+  <si>
+    <t>IVIG, ALBUMIN, and PCC 2026</t>
+  </si>
+  <si>
+    <t>Rabies Immunoglobulin 2026</t>
+  </si>
+  <si>
+    <t>Pharmacy Distribution 2026</t>
+  </si>
+  <si>
+    <t>Fifth-Generation Cephalosporin 2026</t>
+  </si>
+  <si>
+    <t>Skeletal Muscle Relaxant (Ryanodex) 2026</t>
+  </si>
+  <si>
+    <t>Epoprostenol 2026</t>
+  </si>
+  <si>
+    <t>Bendamustine 2026</t>
+  </si>
+  <si>
+    <t>Ustekinumab - 2025</t>
+  </si>
+  <si>
+    <t>Margin Optimization Software - 2025</t>
+  </si>
+  <si>
+    <t>Indirects</t>
+  </si>
+  <si>
+    <t>Document Storage and Destruction - 2026</t>
+  </si>
+  <si>
+    <t>Elevator and Escalator Maintenance - 2026</t>
+  </si>
+  <si>
+    <t>Freight Management - 2026</t>
+  </si>
+  <si>
+    <t>Medical Gases - 2026</t>
+  </si>
+  <si>
+    <t>Pre-Employment Services - 2026</t>
+  </si>
+  <si>
+    <t>Waste Stream Management - 2026</t>
+  </si>
+  <si>
+    <t>Patient Footwear - 2027</t>
+  </si>
+  <si>
+    <t>Smoke Evacuation - 2027</t>
+  </si>
+  <si>
+    <t>Thermal Packs - 2027</t>
+  </si>
+  <si>
+    <t>Casting and Splinting Products - 2027</t>
+  </si>
+  <si>
+    <t>Diagnostic Procedure Trays - 2027</t>
+  </si>
+  <si>
+    <t>Exam Gloves - 2026</t>
+  </si>
+  <si>
+    <t>Feeding Pumps and Pump Sets - 2026</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Decompression Tubes - 2026</t>
+  </si>
+  <si>
+    <t>Pneumatic Compression Devices - 2026</t>
+  </si>
+  <si>
+    <t>IT Value-Added (VAR) 2025</t>
+  </si>
+  <si>
+    <t>Staffing Services - 2025</t>
+  </si>
+  <si>
+    <t>Desktops and Laptops - 2025</t>
+  </si>
+  <si>
+    <t>Clinical Equipment Parts &amp; Services - 2025</t>
+  </si>
+  <si>
+    <t>Language Interpretation Services - 2025</t>
+  </si>
+  <si>
+    <t>Maintenance Repair and Operations (MRO) Products - 2025</t>
+  </si>
+  <si>
+    <t>Adhesive Drapes - 2026</t>
+  </si>
+  <si>
+    <t>Anesthesia Masks and Circuits - 2026</t>
+  </si>
+  <si>
+    <t>Sterilization Pouches and Packages - 2026</t>
+  </si>
+  <si>
+    <t>Sterilization Wraps - 2026</t>
+  </si>
+  <si>
+    <t>Blood Pressure Cuffs - 2026</t>
+  </si>
+  <si>
+    <t>Disposable Vaginal Speculums - 2026</t>
+  </si>
+  <si>
+    <t>Otoscopes and Ophthalmoscopes - 2026</t>
+  </si>
+  <si>
+    <t>ABG Kits - 2026</t>
+  </si>
+  <si>
+    <t>Chronic Chest and Peritoneal Drainage - 2026</t>
+  </si>
+  <si>
+    <t>Neuromodulation - Deep Brain Stimulation - 2026</t>
+  </si>
+  <si>
+    <t>Neuromodulation - Sacral Nerve Stimulation - 2026</t>
+  </si>
+  <si>
+    <t>Neuromodulation - Spinal Cord Stimulation - 2026</t>
+  </si>
+  <si>
+    <t>Thermometers - 2026</t>
+  </si>
+  <si>
+    <t>Wound Drainage - 2026</t>
+  </si>
+  <si>
+    <t>CHG Preoperative Skin Prep - 2026</t>
+  </si>
+  <si>
+    <t>OR Sponges and Towels - 2026</t>
+  </si>
+  <si>
+    <t>Patient Care Plastics &amp; Steel Products - 2026</t>
+  </si>
+  <si>
+    <t>Supraglottic Airways - 2026</t>
+  </si>
+  <si>
+    <t>Durable Medical Equipment (DME) - 2026</t>
+  </si>
+  <si>
+    <t>Laryngoscopes - 2026</t>
+  </si>
+  <si>
+    <t>Open Suction Catheters - 2026</t>
+  </si>
+  <si>
+    <t>OR Turnover Kits - 2026</t>
+  </si>
+  <si>
+    <t>Lab Distribution - 2026</t>
+  </si>
+  <si>
+    <t>Arterial Lines - 2025</t>
+  </si>
+  <si>
+    <t>Minor Procedure Trays - Standard - 2026</t>
+  </si>
+  <si>
+    <t>Vancomycin - RTU - 2026</t>
+  </si>
+  <si>
+    <t>Closed System Drug Transfer Devices - 2026</t>
+  </si>
+  <si>
+    <t>Drug Information and Decision Support Services - 2025</t>
+  </si>
+  <si>
+    <t>Viscoelastics (Ortho) - 2025</t>
+  </si>
+  <si>
+    <t>Anti-Embolism Stockings - 2027</t>
+  </si>
+  <si>
+    <t>Alcohol Prep Pads - 2026</t>
+  </si>
+  <si>
+    <t>Tracheostomy Tubes - 2026</t>
+  </si>
+  <si>
+    <t>Medical Device/Pharmacy</t>
+  </si>
+  <si>
+    <t>Contrast Media - CT - 2026</t>
+  </si>
+  <si>
+    <t>Contrast Media - MR - 2026</t>
+  </si>
+  <si>
+    <t>Total Joint Implants - 2026</t>
+  </si>
+  <si>
+    <t>Total Joint Implants - Shoulders - 2026</t>
+  </si>
+  <si>
+    <t>Ultrasound Contrast Media - 2026</t>
+  </si>
+  <si>
+    <t>Hemostasis - Active - 2026</t>
+  </si>
+  <si>
+    <t>Hemostasis - Passive - 2026</t>
+  </si>
+  <si>
+    <t>Phlebotomy 2026</t>
+  </si>
+  <si>
+    <t>Reusable Surgical Handheld Instruments - Instruments - 2026</t>
+  </si>
+  <si>
+    <t>Reusable Surgical Handheld Instruments - Sterile Containers - 2026</t>
+  </si>
+  <si>
+    <t>Surgical Equipment Covers - 2026</t>
+  </si>
+  <si>
+    <t>Surgical Gloves - 2026</t>
+  </si>
+  <si>
+    <t>Excess Inventory Selling - 2026</t>
+  </si>
+  <si>
+    <t>GI Infection Prevention - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab and Biliary Products - 2026</t>
+  </si>
+  <si>
+    <t>Incontinence Products - 2026</t>
+  </si>
+  <si>
+    <t>Pressure Infusion Bags - Disposable - 2025</t>
+  </si>
+  <si>
+    <t>Personal Protective Equipment - Ortho - 2026</t>
+  </si>
+  <si>
+    <t>Pneumatic Tourniquet Systems - 2026</t>
+  </si>
+  <si>
+    <t>Vasopressin - RTU - 2026</t>
+  </si>
+  <si>
+    <t>Video Laryngoscopes - 2025</t>
+  </si>
+  <si>
+    <t>Disposable Manual Resuscitators - 2026</t>
+  </si>
+  <si>
+    <t>Surgical Nonwovens - 2026</t>
+  </si>
+  <si>
+    <t>Lactation Care 2026</t>
+  </si>
+  <si>
+    <t>Spinal Implants - 2026</t>
+  </si>
+  <si>
+    <t>Elastic Bandages - 2026</t>
+  </si>
+  <si>
+    <t>IV Port Protectors (fka Disinfecting Caps) - 2026</t>
+  </si>
+  <si>
+    <t>Can Liners - 2026</t>
+  </si>
+  <si>
+    <t>Closed Suction Catheters - 2026</t>
+  </si>
+  <si>
+    <t>Infusion Therapy Kits - 2026</t>
+  </si>
+  <si>
+    <t>Vascular Access Products - Dialysis Catheters - 2025</t>
+  </si>
+  <si>
+    <t>Contextual Research 2025</t>
+  </si>
+  <si>
+    <t>Non-Tunneled Central Venous Catheters - 2025</t>
+  </si>
+  <si>
+    <t>OrthoBiologics - Bone Void Fillers - 2025</t>
+  </si>
+  <si>
+    <t>OrthoBiologics - Bone Void Fillers - Hybrid - 2025</t>
+  </si>
+  <si>
+    <t>OrthoBiologics - Bone Void Fillers - Synthetic - 2025</t>
+  </si>
+  <si>
+    <t>OrthoBiologics - Sports Medicine Allografts - 2025</t>
+  </si>
+  <si>
+    <t>OrthoBiologics - Structural Allografts - 2025</t>
+  </si>
+  <si>
+    <t>OrthoBiologics - Viable Osteogenic Cells - 2025</t>
+  </si>
+  <si>
+    <t>Urinary Catheters and Securement Devices - 2025</t>
+  </si>
+  <si>
+    <t>Vascular Catheter Securement Devices - 2025</t>
+  </si>
+  <si>
+    <t>Language Services - 2025</t>
+  </si>
+  <si>
+    <t>Insulin Delivery Systems (fka Safety Insulin Pen Needles) - 2025</t>
+  </si>
+  <si>
+    <t>Prefilled Flush Syringes - 2025</t>
+  </si>
+  <si>
+    <t>Pulse Oximetry - 2025</t>
+  </si>
+  <si>
+    <t>Pulse Oximetry - Capnography - 2025</t>
+  </si>
+  <si>
+    <t>Pulse Oximetry - Cerebral/Somatic - 2025</t>
+  </si>
+  <si>
+    <t>Standard Needles &amp; Syringes - 2025</t>
+  </si>
+  <si>
+    <t>Stoma Care - 2025</t>
+  </si>
+  <si>
+    <t>Vascular Access Products - PICCs and Midlines - 2025</t>
+  </si>
+  <si>
+    <t>Office Products 2025</t>
+  </si>
+  <si>
+    <t>Cardiac Rhythm Management - 2025</t>
+  </si>
+  <si>
+    <t>Disposable OR Accessories - 2025</t>
+  </si>
+  <si>
+    <t>Skeletal Muscle Relaxant (Ryanodex) - 2026</t>
+  </si>
+  <si>
+    <t>Reverse Pharmacy Distribution - 2026</t>
+  </si>
+  <si>
+    <t>Injectable Prefilled Syringes - 2025</t>
+  </si>
+  <si>
+    <t>Pharmacy - 503B Sterile Compounding - 2025</t>
+  </si>
+  <si>
+    <t>Temperature Monitoring Probes - 2026</t>
+  </si>
+  <si>
+    <t>Prefilled Syringes - Sodium Chloride | Sterile Water | 10% Calcium Chloride - 2025</t>
+  </si>
+  <si>
+    <t>Electrophysiology Products - 2025</t>
+  </si>
+  <si>
+    <t>Housekeeping Chemicals - Environmental Services Chemicals and Supplies - 2026</t>
+  </si>
+  <si>
+    <t>Housekeeping Chemicals - Hydrogen Peroxide Surface Disinfecting Wipes - 2026</t>
+  </si>
+  <si>
+    <t>IT Value Added Resellers (VAR) - 2025</t>
+  </si>
+  <si>
+    <t>Personal Protective Equipment - 2026</t>
+  </si>
+  <si>
+    <t>DSCSA Software - 2025</t>
+  </si>
+  <si>
+    <t>Infliximab - 2025</t>
+  </si>
+  <si>
+    <t>IV Insulin - Ready-to-Use (RTU) - 2025</t>
+  </si>
+  <si>
+    <t>Flowmeters &amp; Regulators - 2026</t>
+  </si>
+  <si>
+    <t>Sterilization and Disinfecting Solutions - 2025</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...3 lines deleted...]
-    <numFmt numFmtId="84" formatCode="General"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="[$-10409]&quot;$&quot;#,##0;\(&quot;$&quot;#,##0\)"/>
+    <numFmt numFmtId="165" formatCode="[$-10409]m/d/yyyy"/>
   </numFmts>
-  <fonts count="11">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font/>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="18"/>
       <color rgb="FF7BAFD4"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="14"/>
       <color rgb="FF696969"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF696969"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF696969"/>
       <name val="Arial"/>
     </font>
-    <font>
-[...43 lines deleted...]
-    </font>
   </fonts>
-  <fills count="7">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...28 lines deleted...]
-    </fill>
   </fills>
-  <borders count="5">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF696969"/>
       </left>
       <right style="thin">
         <color rgb="FF696969"/>
       </right>
       <top style="thin">
         <color rgb="FF696969"/>
       </top>
       <bottom style="thin">
         <color rgb="FF696969"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...37 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs>
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
-[...2 lines deleted...]
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+  <cellXfs count="9">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="0">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="4" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="4" fillId="0" borderId="1">
-[...54 lines deleted...]
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="007BAFD4"/>
       <rgbColor rgb="00696969"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="009CD020"/>
       <rgbColor rgb="00FF4E00"/>
       <rgbColor rgb="007F5EBA"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -388,84921 +794,3985 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml" Id="rId25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing11.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.jpg" Id="rId20" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing13.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.jpg" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image14.png" Id="rId24" /></Relationships>
-[...18 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-      <xdr:colOff>1607820</xdr:colOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>235458</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>457200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId20" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
-[...65 lines deleted...]
-</xdr:wsDr>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+  <a:themeElements>
+    <a:clrScheme name="Office 2007 - 2010">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office 2007 - 2010">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office 2007 - 2010">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
-<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
-[...202 lines deleted...]
-<file path=xl/worksheets/_rels/sheet8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing9.xml" Id="rId16" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I189"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="5" state="frozen" topLeftCell="A6"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A35" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="0.1640625"/>
-[...8 lines deleted...]
-    <col min="10" max="10" customWidth="1" width="0.0234375"/>
+    <col min="1" max="1" width="0.140625" customWidth="1"/>
+    <col min="2" max="2" width="20.5703125" customWidth="1"/>
+    <col min="3" max="3" width="34.28515625" customWidth="1"/>
+    <col min="4" max="8" width="13.7109375" customWidth="1"/>
+    <col min="9" max="9" width="255" customWidth="1"/>
+    <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="36" customHeight="1"/>
-[...156 lines deleted...]
-      <c s="7" r="D13">
+    <row r="1" spans="1:9" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+    </row>
+    <row r="2" spans="1:9" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+    </row>
+    <row r="3" spans="1:9" ht="0.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+    </row>
+    <row r="5" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="5"/>
+      <c r="C5" s="5"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+    </row>
+    <row r="6" spans="1:9" ht="6.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+      <c r="B7" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B11" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="3">
+        <v>18262470</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B13" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="4">
         <v>46568</v>
       </c>
-      <c s="5" t="str" r="E13"/>
-      <c s="7" r="F13">
+      <c r="E13" s="2"/>
+      <c r="F13" s="4">
         <v>46490</v>
       </c>
-      <c s="6" r="G13">
-[...14 lines deleted...]
-      <c s="7" r="D14">
+      <c r="G13" s="3">
+        <v>6626753.7966639996</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="4">
         <v>46568</v>
       </c>
-      <c s="5" t="str" r="E14"/>
-      <c s="7" r="F14">
+      <c r="E14" s="2"/>
+      <c r="F14" s="4">
         <v>46490</v>
       </c>
-      <c s="6" r="G14">
+      <c r="G14" s="3">
         <v>29295902.116664</v>
       </c>
     </row>
-    <row r="15" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D15">
+    <row r="15" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" s="4">
         <v>46568</v>
       </c>
-      <c s="5" t="str" r="E15"/>
-      <c s="7" r="F15">
+      <c r="E15" s="2"/>
+      <c r="F15" s="4">
         <v>46490</v>
       </c>
-      <c s="6" r="G15">
+      <c r="G15" s="3">
         <v>11265958.866664</v>
       </c>
     </row>
-    <row r="16" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D16">
+    <row r="16" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="B16" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="4">
         <v>46568</v>
       </c>
-      <c s="5" t="str" r="E16"/>
-      <c s="7" r="F16">
+      <c r="E16" s="2"/>
+      <c r="F16" s="4">
         <v>46490</v>
       </c>
-      <c s="6" r="G16">
-[...14 lines deleted...]
-      <c s="7" r="D17">
+      <c r="G16" s="3">
+        <v>56477153.239996001</v>
+      </c>
+    </row>
+    <row r="17" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B17" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="4">
         <v>46568</v>
       </c>
-      <c s="5" t="str" r="E17"/>
-      <c s="7" r="F17">
+      <c r="E17" s="2"/>
+      <c r="F17" s="4">
         <v>46490</v>
       </c>
-      <c s="6" r="G17">
-[...14 lines deleted...]
-      <c s="7" r="D18">
+      <c r="G17" s="3">
+        <v>28089445.07</v>
+      </c>
+    </row>
+    <row r="18" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B18" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D18" s="4">
         <v>46568</v>
       </c>
-      <c s="5" t="str" r="E18"/>
-      <c s="7" r="F18">
+      <c r="E18" s="2"/>
+      <c r="F18" s="4">
         <v>46490</v>
       </c>
-      <c s="6" r="G18">
-[...14 lines deleted...]
-      <c s="7" r="D19">
+      <c r="G18" s="3">
+        <v>3237538.7066640002</v>
+      </c>
+    </row>
+    <row r="19" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B19" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="4">
         <v>46552</v>
       </c>
-      <c s="5" t="str" r="E19"/>
-      <c s="7" r="F19">
+      <c r="E19" s="2"/>
+      <c r="F19" s="4">
         <v>46490</v>
       </c>
-      <c s="6" r="G19">
-[...14 lines deleted...]
-      <c s="7" r="D20">
+      <c r="G19" s="3">
+        <v>67275382.026659995</v>
+      </c>
+    </row>
+    <row r="20" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B20" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" s="4">
         <v>46538</v>
       </c>
-      <c s="5" t="str" r="E20"/>
-      <c s="7" r="F20">
+      <c r="E20" s="2"/>
+      <c r="F20" s="4">
         <v>46455</v>
       </c>
-      <c s="6" r="G20">
+      <c r="G20" s="3">
         <v>6819722.593328</v>
       </c>
     </row>
-    <row r="21" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D21">
+    <row r="21" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B21" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D21" s="4">
         <v>46538</v>
       </c>
-      <c s="5" t="str" r="E21"/>
-      <c s="7" r="F21">
+      <c r="E21" s="2"/>
+      <c r="F21" s="4">
         <v>46455</v>
       </c>
-      <c s="6" r="G21">
-[...14 lines deleted...]
-      <c s="7" r="D22">
+      <c r="G21" s="3">
+        <v>2485547.1933320002</v>
+      </c>
+    </row>
+    <row r="22" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B22" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D22" s="4">
         <v>46538</v>
       </c>
-      <c s="5" t="str" r="E22"/>
-      <c s="7" r="F22">
+      <c r="E22" s="2"/>
+      <c r="F22" s="4">
         <v>46455</v>
       </c>
-      <c s="6" r="G22">
-[...14 lines deleted...]
-      <c s="7" r="D23">
+      <c r="G22" s="3">
+        <v>6845873.8499999996</v>
+      </c>
+    </row>
+    <row r="23" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B23" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D23" s="4">
         <v>46538</v>
       </c>
-      <c s="5" t="str" r="E23"/>
-      <c s="7" r="F23">
+      <c r="E23" s="2"/>
+      <c r="F23" s="4">
         <v>46455</v>
       </c>
-      <c s="6" r="G23">
-[...14 lines deleted...]
-      <c s="7" r="D24">
+      <c r="G23" s="3">
+        <v>3406172.3866639999</v>
+      </c>
+    </row>
+    <row r="24" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B24" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" s="4">
         <v>46538</v>
       </c>
-      <c s="5" t="str" r="E24"/>
-      <c s="7" r="F24">
+      <c r="E24" s="2"/>
+      <c r="F24" s="4">
         <v>46455</v>
       </c>
-      <c s="6" r="G24">
-[...14 lines deleted...]
-      <c s="7" r="D25">
+      <c r="G24" s="3">
+        <v>17543487.809999999</v>
+      </c>
+    </row>
+    <row r="25" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B25" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E25"/>
-      <c s="7" r="F25">
+      <c r="E25" s="2"/>
+      <c r="F25" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G25">
+      <c r="G25" s="3">
         <v>16366098.206664</v>
       </c>
     </row>
-    <row r="26" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D26">
+    <row r="26" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B26" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E26"/>
-      <c s="7" r="F26">
+      <c r="E26" s="2"/>
+      <c r="F26" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G26">
-[...14 lines deleted...]
-      <c s="7" r="D27">
+      <c r="G26" s="3">
+        <v>50932413.409996003</v>
+      </c>
+    </row>
+    <row r="27" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B27" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E27"/>
-      <c s="7" r="F27">
+      <c r="E27" s="2"/>
+      <c r="F27" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G27">
-[...14 lines deleted...]
-      <c s="7" r="D28">
+      <c r="G27" s="3">
+        <v>44355280.200000003</v>
+      </c>
+    </row>
+    <row r="28" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B28" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E28"/>
-      <c s="7" r="F28">
+      <c r="E28" s="2"/>
+      <c r="F28" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G28">
-[...14 lines deleted...]
-      <c s="7" r="D29">
+      <c r="G28" s="3">
+        <v>6222186.5866639996</v>
+      </c>
+    </row>
+    <row r="29" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B29" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D29" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E29"/>
-      <c s="7" r="F29">
+      <c r="E29" s="2"/>
+      <c r="F29" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G29">
-[...14 lines deleted...]
-      <c s="7" r="D30">
+      <c r="G29" s="3">
+        <v>4389574.7099959999</v>
+      </c>
+    </row>
+    <row r="30" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B30" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D30" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E30"/>
-      <c s="7" r="F30">
+      <c r="E30" s="2"/>
+      <c r="F30" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G30">
+      <c r="G30" s="3">
         <v>14574831.973328</v>
       </c>
     </row>
-    <row r="31" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D31">
+    <row r="31" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B31" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D31" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E31"/>
-      <c s="7" r="F31">
+      <c r="E31" s="2"/>
+      <c r="F31" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G31">
-[...14 lines deleted...]
-      <c s="7" r="D32">
+      <c r="G31" s="3">
+        <v>3750177.5166640002</v>
+      </c>
+    </row>
+    <row r="32" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B32" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D32" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E32"/>
-      <c s="7" r="F32">
+      <c r="E32" s="2"/>
+      <c r="F32" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G32">
+      <c r="G32" s="3">
         <v>7758431.329996</v>
       </c>
     </row>
-    <row r="33" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D33">
+    <row r="33" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B33" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D33" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E33"/>
-      <c s="7" r="F33">
+      <c r="E33" s="2"/>
+      <c r="F33" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G33">
-[...14 lines deleted...]
-      <c s="7" r="D34">
+      <c r="G33" s="3">
+        <v>14562965.960000001</v>
+      </c>
+    </row>
+    <row r="34" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B34" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E34"/>
-      <c s="7" r="F34">
+      <c r="E34" s="2"/>
+      <c r="F34" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G34">
-[...14 lines deleted...]
-      <c s="7" r="D35">
+      <c r="G34" s="3">
+        <v>9913765.8933320008</v>
+      </c>
+    </row>
+    <row r="35" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B35" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" s="4">
         <v>46507</v>
       </c>
-      <c s="5" t="str" r="E35"/>
-      <c s="7" r="F35">
+      <c r="E35" s="2"/>
+      <c r="F35" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G35">
+      <c r="G35" s="3">
         <v>10895015.779996</v>
       </c>
     </row>
-    <row r="36" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D36">
+    <row r="36" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B36" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E36"/>
-      <c s="7" r="F36">
+      <c r="E36" s="2"/>
+      <c r="F36" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G36">
-[...14 lines deleted...]
-      <c s="7" r="D37">
+      <c r="G36" s="3">
+        <v>12846171.716663999</v>
+      </c>
+    </row>
+    <row r="37" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B37" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D37" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E37"/>
-      <c s="7" r="F37">
+      <c r="E37" s="2"/>
+      <c r="F37" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G37">
+      <c r="G37" s="3">
         <v>19313906.549996</v>
       </c>
     </row>
-    <row r="38" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D38">
+    <row r="38" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B38" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D38" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E38"/>
-      <c s="7" r="F38">
+      <c r="E38" s="2"/>
+      <c r="F38" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G38">
-[...14 lines deleted...]
-      <c s="7" r="D39">
+      <c r="G38" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B39" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D39" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E39"/>
-      <c s="7" r="F39">
+      <c r="E39" s="2"/>
+      <c r="F39" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G39">
+      <c r="G39" s="3">
         <v>7824922.499996</v>
       </c>
     </row>
-    <row r="40" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D40">
+    <row r="40" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B40" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D40" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E40"/>
-      <c s="7" r="F40">
+      <c r="E40" s="2"/>
+      <c r="F40" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G40">
-[...14 lines deleted...]
-      <c s="7" r="D41">
+      <c r="G40" s="3">
+        <v>25934571.479995999</v>
+      </c>
+    </row>
+    <row r="41" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B41" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D41" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E41"/>
-      <c s="7" r="F41">
+      <c r="E41" s="2"/>
+      <c r="F41" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G41">
+      <c r="G41" s="3">
         <v>3586971.256664</v>
       </c>
     </row>
-    <row r="42" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D42">
+    <row r="42" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B42" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D42" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E42"/>
-      <c s="7" r="F42">
+      <c r="E42" s="2"/>
+      <c r="F42" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G42">
+      <c r="G42" s="3">
         <v>32728362.433332</v>
       </c>
     </row>
-    <row r="43" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D43">
+    <row r="43" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B43" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D43" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E43"/>
-      <c s="7" r="F43">
+      <c r="E43" s="2"/>
+      <c r="F43" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G43">
+      <c r="G43" s="3">
         <v>116274325.916664</v>
       </c>
     </row>
-    <row r="44" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D44">
+    <row r="44" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B44" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D44" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E44"/>
-      <c s="7" r="F44">
+      <c r="E44" s="2"/>
+      <c r="F44" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G44">
-[...14 lines deleted...]
-      <c s="7" r="D45">
+      <c r="G44" s="3">
+        <v>22529414.736664001</v>
+      </c>
+    </row>
+    <row r="45" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B45" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D45" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E45"/>
-      <c s="7" r="F45">
+      <c r="E45" s="2"/>
+      <c r="F45" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G45">
-[...14 lines deleted...]
-      <c s="7" r="D46">
+      <c r="G45" s="3">
+        <v>9173191.5366639998</v>
+      </c>
+    </row>
+    <row r="46" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B46" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D46" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E46"/>
-      <c s="7" r="F46">
+      <c r="E46" s="2"/>
+      <c r="F46" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G46">
-[...14 lines deleted...]
-      <c s="7" r="D47">
+      <c r="G46" s="3">
+        <v>29600340.903328001</v>
+      </c>
+    </row>
+    <row r="47" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B47" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E47"/>
-      <c s="7" r="F47">
+      <c r="E47" s="2"/>
+      <c r="F47" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G47">
-[...14 lines deleted...]
-      <c s="7" r="D48">
+      <c r="G47" s="3">
+        <v>6306896.2566640005</v>
+      </c>
+    </row>
+    <row r="48" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B48" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D48" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E48"/>
-      <c s="7" r="F48">
+      <c r="E48" s="2"/>
+      <c r="F48" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G48">
-[...14 lines deleted...]
-      <c s="7" r="D49">
+      <c r="G48" s="3">
+        <v>21097178.103332002</v>
+      </c>
+    </row>
+    <row r="49" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B49" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D49" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E49"/>
-      <c s="7" r="F49">
+      <c r="E49" s="2"/>
+      <c r="F49" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G49">
-[...14 lines deleted...]
-      <c s="7" r="D50">
+      <c r="G49" s="3">
+        <v>85549006.699995995</v>
+      </c>
+    </row>
+    <row r="50" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B50" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D50" s="4">
         <v>46477</v>
       </c>
-      <c s="5" t="str" r="E50"/>
-      <c s="7" r="F50">
+      <c r="E50" s="2"/>
+      <c r="F50" s="4">
         <v>46399</v>
       </c>
-      <c s="6" r="G50">
-[...18 lines deleted...]
-      <c s="7" r="F51">
+      <c r="G50" s="3">
+        <v>1581535.6499960001</v>
+      </c>
+    </row>
+    <row r="51" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B51" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D51" s="4">
+        <v>46419.083333333299</v>
+      </c>
+      <c r="E51" s="2"/>
+      <c r="F51" s="4">
         <v>46350</v>
       </c>
-      <c s="6" r="G51">
-[...14 lines deleted...]
-      <c s="7" r="D52">
+      <c r="G51" s="3">
+        <v>32406968.016660001</v>
+      </c>
+    </row>
+    <row r="52" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B52" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D52" s="4">
         <v>46965</v>
       </c>
-      <c s="5" t="str" r="E52"/>
-      <c s="7" r="F52">
+      <c r="E52" s="2"/>
+      <c r="F52" s="4">
         <v>46350</v>
       </c>
-      <c s="6" r="G52">
-[...18 lines deleted...]
-      <c s="7" r="F53">
+      <c r="G52" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B53" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D53" s="4">
+        <v>46477.083333333299</v>
+      </c>
+      <c r="E53" s="2"/>
+      <c r="F53" s="4">
         <v>46350</v>
       </c>
-      <c s="6" r="G53">
+      <c r="G53" s="3">
         <v>22874199.776664</v>
       </c>
     </row>
-    <row r="54" ht="18" customHeight="0">
-[...14 lines deleted...]
-      <c s="7" r="F54">
+    <row r="54" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B54" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D54" s="4">
+        <v>46388.083333333299</v>
+      </c>
+      <c r="E54" s="2"/>
+      <c r="F54" s="4">
         <v>46322</v>
       </c>
-      <c s="6" r="G54">
+      <c r="G54" s="3">
         <v>22623234.846664</v>
       </c>
     </row>
-    <row r="55" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D55">
+    <row r="55" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B55" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D55" s="4">
         <v>46418</v>
       </c>
-      <c s="5" t="str" r="E55"/>
-      <c s="7" r="F55">
+      <c r="E55" s="2"/>
+      <c r="F55" s="4">
         <v>46322</v>
       </c>
-      <c s="6" r="G55">
-[...14 lines deleted...]
-      <c s="7" r="D56">
+      <c r="G55" s="3">
+        <v>1407751.1399960001</v>
+      </c>
+    </row>
+    <row r="56" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B56" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D56" s="4">
         <v>46387</v>
       </c>
-      <c s="5" t="str" r="E56"/>
-      <c s="7" r="F56">
+      <c r="E56" s="2"/>
+      <c r="F56" s="4">
         <v>46308</v>
       </c>
-      <c s="6" r="G56">
-[...14 lines deleted...]
-      <c s="7" r="D57">
+      <c r="G56" s="3">
+        <v>31091915</v>
+      </c>
+    </row>
+    <row r="57" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B57" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D57" s="4">
         <v>46356</v>
       </c>
-      <c s="5" t="str" r="E57"/>
-      <c s="7" r="F57">
+      <c r="E57" s="2"/>
+      <c r="F57" s="4">
         <v>46294</v>
       </c>
-      <c s="6" r="G57">
+      <c r="G57" s="3">
         <v>106865901.939996</v>
       </c>
     </row>
-    <row r="58" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D58">
+    <row r="58" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B58" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D58" s="4">
         <v>46387</v>
       </c>
-      <c s="5" t="str" r="E58"/>
-      <c s="7" r="F58">
+      <c r="E58" s="2"/>
+      <c r="F58" s="4">
         <v>46294</v>
       </c>
-      <c s="6" r="G58">
-[...14 lines deleted...]
-      <c s="7" r="D59">
+      <c r="G58" s="3">
+        <v>139599742.43666399</v>
+      </c>
+    </row>
+    <row r="59" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B59" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D59" s="4">
         <v>46387</v>
       </c>
-      <c s="5" t="str" r="E59"/>
-      <c s="7" r="F59">
+      <c r="E59" s="2"/>
+      <c r="F59" s="4">
         <v>46294</v>
       </c>
-      <c s="6" r="G59">
-[...18 lines deleted...]
-      <c s="7" r="F60">
+      <c r="G59" s="3">
+        <v>26906101.423328001</v>
+      </c>
+    </row>
+    <row r="60" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B60" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D60" s="4">
+        <v>46327.041666666701</v>
+      </c>
+      <c r="E60" s="2"/>
+      <c r="F60" s="4">
         <v>46294</v>
       </c>
-      <c s="6" r="G60">
-[...14 lines deleted...]
-      <c s="7" r="D61">
+      <c r="G60" s="3">
+        <v>9611554.8633319996</v>
+      </c>
+    </row>
+    <row r="61" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B61" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D61" s="4">
         <v>46326</v>
       </c>
-      <c s="5" t="str" r="E61"/>
-      <c s="7" r="F61">
+      <c r="E61" s="2"/>
+      <c r="F61" s="4">
         <v>46245</v>
       </c>
-      <c s="6" r="G61">
-[...14 lines deleted...]
-      <c s="7" r="D62">
+      <c r="G61" s="3">
+        <v>3401338437</v>
+      </c>
+    </row>
+    <row r="62" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B62" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D62" s="4">
         <v>46295</v>
       </c>
-      <c s="5" t="str" r="E62"/>
-      <c s="7" r="F62">
+      <c r="E62" s="2"/>
+      <c r="F62" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G62">
-[...18 lines deleted...]
-      <c s="7" r="F63">
+      <c r="G62" s="3">
+        <v>5218548</v>
+      </c>
+    </row>
+    <row r="63" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B63" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D63" s="4">
+        <v>46294.958333333299</v>
+      </c>
+      <c r="E63" s="2"/>
+      <c r="F63" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G63">
-[...14 lines deleted...]
-      <c s="7" r="D64">
+      <c r="G63" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B64" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D64" s="4">
         <v>46295</v>
       </c>
-      <c s="5" t="str" r="E64"/>
-      <c s="7" r="F64">
+      <c r="E64" s="2"/>
+      <c r="F64" s="4">
         <v>46168</v>
       </c>
-      <c s="6" r="G64">
-[...14 lines deleted...]
-      <c s="7" r="D65">
+      <c r="G64" s="3">
+        <v>374405</v>
+      </c>
+    </row>
+    <row r="65" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B65" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D65" s="4">
         <v>46173</v>
       </c>
-      <c s="5" t="str" r="E65"/>
-      <c s="7" r="F65">
+      <c r="E65" s="2"/>
+      <c r="F65" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G65">
-[...16 lines deleted...]
-      <c s="7" r="F66">
+      <c r="G65" s="3">
+        <v>7238278.0300000003</v>
+      </c>
+    </row>
+    <row r="66" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B66" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="4">
         <v>46049</v>
       </c>
-      <c s="6" r="G66">
-[...15 lines deleted...]
-      <c s="7" r="E67">
+      <c r="G66" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B67" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D67" s="2"/>
+      <c r="E67" s="4">
         <v>45867</v>
       </c>
-      <c s="7" r="F67">
+      <c r="F67" s="4">
         <v>45958</v>
       </c>
-      <c s="6" r="G67">
-[...15 lines deleted...]
-      <c s="7" r="E68">
+      <c r="G67" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B68" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D68" s="2"/>
+      <c r="E68" s="4">
         <v>45853</v>
       </c>
-      <c s="7" r="F68">
+      <c r="F68" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G68">
-[...15 lines deleted...]
-      <c s="7" r="E69">
+      <c r="G68" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B69" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D69" s="2"/>
+      <c r="E69" s="4">
         <v>45853</v>
       </c>
-      <c s="7" r="F69">
+      <c r="F69" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G69">
-[...15 lines deleted...]
-      <c s="7" r="E70">
+      <c r="G69" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B70" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D70" s="2"/>
+      <c r="E70" s="4">
         <v>45853</v>
       </c>
-      <c s="7" r="F70">
+      <c r="F70" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G70">
-[...15 lines deleted...]
-      <c s="7" r="E71">
+      <c r="G70" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B71" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D71" s="2"/>
+      <c r="E71" s="4">
         <v>45853</v>
       </c>
-      <c s="7" r="F71">
+      <c r="F71" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G71">
-[...15 lines deleted...]
-      <c s="7" r="E72">
+      <c r="G71" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B72" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D72" s="2"/>
+      <c r="E72" s="4">
         <v>45853</v>
       </c>
-      <c s="7" r="F72">
+      <c r="F72" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G72">
-[...15 lines deleted...]
-      <c s="7" r="E73">
+      <c r="G72" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B73" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D73" s="2"/>
+      <c r="E73" s="4">
         <v>45853</v>
       </c>
-      <c s="7" r="F73">
+      <c r="F73" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G73">
-[...14 lines deleted...]
-      <c s="7" r="D74">
+      <c r="G73" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B74" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D74" s="4">
         <v>46446</v>
       </c>
-      <c s="7" r="E74">
+      <c r="E74" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F74">
+      <c r="F74" s="4">
         <v>46364</v>
       </c>
-      <c s="6" r="G74">
-[...14 lines deleted...]
-      <c s="7" r="D75">
+      <c r="G74" s="3">
+        <v>5475959.4699999997</v>
+      </c>
+    </row>
+    <row r="75" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B75" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D75" s="4">
         <v>46446</v>
       </c>
-      <c s="7" r="E75">
+      <c r="E75" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F75">
+      <c r="F75" s="4">
         <v>46364</v>
       </c>
-      <c s="6" r="G75">
-[...14 lines deleted...]
-      <c s="7" r="D76">
+      <c r="G75" s="3">
+        <v>17265786.486664001</v>
+      </c>
+    </row>
+    <row r="76" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B76" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D76" s="4">
         <v>46446</v>
       </c>
-      <c s="7" r="E76">
+      <c r="E76" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F76">
+      <c r="F76" s="4">
         <v>46364</v>
       </c>
-      <c s="6" r="G76">
-[...14 lines deleted...]
-      <c s="7" r="D77">
+      <c r="G76" s="3">
+        <v>7104180.4666640004</v>
+      </c>
+    </row>
+    <row r="77" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B77" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D77" s="4">
         <v>46418</v>
       </c>
-      <c s="7" r="E77">
+      <c r="E77" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F77">
+      <c r="F77" s="4">
         <v>46336</v>
       </c>
-      <c s="6" r="G77">
+      <c r="G77" s="3">
         <v>5257208.999996</v>
       </c>
     </row>
-    <row r="78" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D78">
+    <row r="78" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B78" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D78" s="4">
         <v>46418</v>
       </c>
-      <c s="7" r="E78">
+      <c r="E78" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F78">
+      <c r="F78" s="4">
         <v>46336</v>
       </c>
-      <c s="6" r="G78">
-[...14 lines deleted...]
-      <c s="7" r="D79">
+      <c r="G78" s="3">
+        <v>3812169.8933319999</v>
+      </c>
+    </row>
+    <row r="79" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B79" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D79" s="4">
         <v>46387</v>
       </c>
-      <c s="7" r="E79">
+      <c r="E79" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F79">
+      <c r="F79" s="4">
         <v>46308</v>
       </c>
-      <c s="6" r="G79">
-[...14 lines deleted...]
-      <c s="7" r="D80">
+      <c r="G79" s="3">
+        <v>73431898.613332003</v>
+      </c>
+    </row>
+    <row r="80" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B80" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D80" s="4">
         <v>46387</v>
       </c>
-      <c s="7" r="E80">
+      <c r="E80" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F80">
+      <c r="F80" s="4">
         <v>46308</v>
       </c>
-      <c s="6" r="G80">
-[...14 lines deleted...]
-      <c s="7" r="D81">
+      <c r="G80" s="3">
+        <v>4791717.6866640002</v>
+      </c>
+    </row>
+    <row r="81" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B81" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D81" s="4">
         <v>46387</v>
       </c>
-      <c s="7" r="E81">
+      <c r="E81" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F81">
+      <c r="F81" s="4">
         <v>46308</v>
       </c>
-      <c s="6" r="G81">
-[...14 lines deleted...]
-      <c s="7" r="D82">
+      <c r="G81" s="3">
+        <v>2329896.4199959999</v>
+      </c>
+    </row>
+    <row r="82" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B82" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D82" s="4">
         <v>46387</v>
       </c>
-      <c s="7" r="E82">
+      <c r="E82" s="4">
         <v>45846</v>
       </c>
-      <c s="7" r="F82">
+      <c r="F82" s="4">
         <v>46308</v>
       </c>
-      <c s="6" r="G82">
+      <c r="G82" s="3">
         <v>19210730.843332</v>
       </c>
     </row>
-    <row r="83" ht="18" customHeight="0">
-[...11 lines deleted...]
-      <c s="7" r="E83">
+    <row r="83" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B83" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D83" s="2"/>
+      <c r="E83" s="4">
         <v>45756</v>
       </c>
-      <c s="7" r="F83">
+      <c r="F83" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G83">
-[...15 lines deleted...]
-      <c s="7" r="E84">
+      <c r="G83" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B84" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D84" s="2"/>
+      <c r="E84" s="4">
         <v>45756</v>
       </c>
-      <c s="7" r="F84">
+      <c r="F84" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G84">
-[...15 lines deleted...]
-      <c s="7" r="E85">
+      <c r="G84" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B85" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D85" s="2"/>
+      <c r="E85" s="4">
         <v>45756</v>
       </c>
-      <c s="7" r="F85">
+      <c r="F85" s="4">
         <v>46113</v>
       </c>
-      <c s="6" r="G85">
-[...15 lines deleted...]
-      <c s="7" r="E86">
+      <c r="G85" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B86" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D86" s="2"/>
+      <c r="E86" s="4">
         <v>45756</v>
       </c>
-      <c s="7" r="F86">
+      <c r="F86" s="4">
         <v>45964</v>
       </c>
-      <c s="6" r="G86">
-[...15 lines deleted...]
-      <c s="7" r="E87">
+      <c r="G86" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B87" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D87" s="2"/>
+      <c r="E87" s="4">
         <v>45756</v>
       </c>
-      <c s="7" r="F87">
+      <c r="F87" s="4">
         <v>45964</v>
       </c>
-      <c s="6" r="G87">
-[...15 lines deleted...]
-      <c s="7" r="E88">
+      <c r="G87" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B88" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D88" s="2"/>
+      <c r="E88" s="4">
         <v>45756</v>
       </c>
-      <c s="7" r="F88">
+      <c r="F88" s="4">
         <v>45964</v>
       </c>
-      <c s="6" r="G88">
-[...14 lines deleted...]
-      <c s="7" r="D89">
+      <c r="G88" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B89" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D89" s="4">
         <v>46356</v>
       </c>
-      <c s="7" r="E89">
+      <c r="E89" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F89">
+      <c r="F89" s="4">
         <v>46273</v>
       </c>
-      <c s="6" r="G89">
-[...14 lines deleted...]
-      <c s="7" r="D90">
+      <c r="G89" s="3">
+        <v>3137676.87</v>
+      </c>
+    </row>
+    <row r="90" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B90" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D90" s="4">
         <v>46356</v>
       </c>
-      <c s="7" r="E90">
+      <c r="E90" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F90">
+      <c r="F90" s="4">
         <v>46273</v>
       </c>
-      <c s="6" r="G90">
+      <c r="G90" s="3">
         <v>12840090.293328</v>
       </c>
     </row>
-    <row r="91" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D91">
+    <row r="91" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B91" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D91" s="4">
         <v>46356</v>
       </c>
-      <c s="7" r="E91">
+      <c r="E91" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F91">
+      <c r="F91" s="4">
         <v>46273</v>
       </c>
-      <c s="6" r="G91">
-[...14 lines deleted...]
-      <c s="7" r="D92">
+      <c r="G91" s="3">
+        <v>2876284.6333320001</v>
+      </c>
+    </row>
+    <row r="92" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B92" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D92" s="4">
         <v>46356</v>
       </c>
-      <c s="7" r="E92">
+      <c r="E92" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F92">
+      <c r="F92" s="4">
         <v>46273</v>
       </c>
-      <c s="6" r="G92">
-[...14 lines deleted...]
-      <c s="7" r="D93">
+      <c r="G92" s="3">
+        <v>9680249.9233279992</v>
+      </c>
+    </row>
+    <row r="93" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B93" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D93" s="4">
         <v>46326</v>
       </c>
-      <c s="7" r="E93">
+      <c r="E93" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F93">
+      <c r="F93" s="4">
         <v>46245</v>
       </c>
-      <c s="6" r="G93">
-[...14 lines deleted...]
-      <c s="7" r="D94">
+      <c r="G93" s="3">
+        <v>19534380.056664001</v>
+      </c>
+    </row>
+    <row r="94" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B94" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D94" s="4">
         <v>46326</v>
       </c>
-      <c s="7" r="E94">
+      <c r="E94" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F94">
+      <c r="F94" s="4">
         <v>46245</v>
       </c>
-      <c s="6" r="G94">
-[...14 lines deleted...]
-      <c s="7" r="D95">
+      <c r="G94" s="3">
+        <v>2842581.6733280001</v>
+      </c>
+    </row>
+    <row r="95" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B95" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D95" s="4">
         <v>46326</v>
       </c>
-      <c s="7" r="E95">
+      <c r="E95" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F95">
+      <c r="F95" s="4">
         <v>46245</v>
       </c>
-      <c s="6" r="G95">
-[...14 lines deleted...]
-      <c s="7" r="D96">
+      <c r="G95" s="3">
+        <v>2380899.3933319999</v>
+      </c>
+    </row>
+    <row r="96" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B96" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D96" s="4">
         <v>46295</v>
       </c>
-      <c s="7" r="E96">
+      <c r="E96" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F96">
+      <c r="F96" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G96">
-[...14 lines deleted...]
-      <c s="7" r="D97">
+      <c r="G96" s="3">
+        <v>1607272.68</v>
+      </c>
+    </row>
+    <row r="97" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B97" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D97" s="4">
         <v>46295</v>
       </c>
-      <c s="7" r="E97">
+      <c r="E97" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F97">
+      <c r="F97" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G97">
-[...14 lines deleted...]
-      <c s="7" r="D98">
+      <c r="G97" s="3">
+        <v>6420651.6699959999</v>
+      </c>
+    </row>
+    <row r="98" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B98" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D98" s="4">
         <v>46309</v>
       </c>
-      <c s="7" r="E98">
+      <c r="E98" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F98">
+      <c r="F98" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G98">
+      <c r="G98" s="3">
         <v>35090469.523332</v>
       </c>
     </row>
-    <row r="99" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D99">
+    <row r="99" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B99" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D99" s="4">
         <v>46309</v>
       </c>
-      <c s="7" r="E99">
+      <c r="E99" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F99">
+      <c r="F99" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G99">
-[...14 lines deleted...]
-      <c s="7" r="D100">
+      <c r="G99" s="3">
+        <v>49719428.983332001</v>
+      </c>
+    </row>
+    <row r="100" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B100" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D100" s="4">
         <v>46309</v>
       </c>
-      <c s="7" r="E100">
+      <c r="E100" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F100">
+      <c r="F100" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G100">
-[...14 lines deleted...]
-      <c s="7" r="D101">
+      <c r="G100" s="3">
+        <v>75991280.606664002</v>
+      </c>
+    </row>
+    <row r="101" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B101" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D101" s="4">
         <v>46326</v>
       </c>
-      <c s="7" r="E101">
+      <c r="E101" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F101">
+      <c r="F101" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G101">
-[...14 lines deleted...]
-      <c s="7" r="D102">
+      <c r="G101" s="3">
+        <v>3976170.9433280001</v>
+      </c>
+    </row>
+    <row r="102" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B102" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D102" s="4">
         <v>46295</v>
       </c>
-      <c s="7" r="E102">
+      <c r="E102" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F102">
+      <c r="F102" s="4">
         <v>46217</v>
       </c>
-      <c s="6" r="G102">
-[...14 lines deleted...]
-      <c s="7" r="D103">
+      <c r="G102" s="3">
+        <v>6874103.3499959996</v>
+      </c>
+    </row>
+    <row r="103" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B103" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D103" s="4">
         <v>46295</v>
       </c>
-      <c s="7" r="E103">
+      <c r="E103" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F103">
+      <c r="F103" s="4">
         <v>46182</v>
       </c>
-      <c s="6" r="G103">
-[...14 lines deleted...]
-      <c s="7" r="D104">
+      <c r="G103" s="3">
+        <v>18046850.850000001</v>
+      </c>
+    </row>
+    <row r="104" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B104" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D104" s="4">
         <v>46265</v>
       </c>
-      <c s="7" r="E104">
+      <c r="E104" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F104">
+      <c r="F104" s="4">
         <v>46182</v>
       </c>
-      <c s="6" r="G104">
-[...14 lines deleted...]
-      <c s="7" r="D105">
+      <c r="G104" s="3">
+        <v>7034403.8066640003</v>
+      </c>
+    </row>
+    <row r="105" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B105" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="D105" s="4">
         <v>46265</v>
       </c>
-      <c s="7" r="E105">
+      <c r="E105" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F105">
+      <c r="F105" s="4">
         <v>46182</v>
       </c>
-      <c s="6" r="G105">
+      <c r="G105" s="3">
         <v>12779409.139996</v>
       </c>
     </row>
-    <row r="106" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D106">
+    <row r="106" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B106" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D106" s="4">
         <v>46295</v>
       </c>
-      <c s="7" r="E106">
+      <c r="E106" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F106">
+      <c r="F106" s="4">
         <v>46182</v>
       </c>
-      <c s="6" r="G106">
-[...14 lines deleted...]
-      <c s="7" r="D107">
+      <c r="G106" s="3">
+        <v>4980213.38</v>
+      </c>
+    </row>
+    <row r="107" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B107" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D107" s="4">
         <v>46265</v>
       </c>
-      <c s="7" r="E107">
+      <c r="E107" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F107">
+      <c r="F107" s="4">
         <v>46154</v>
       </c>
-      <c s="6" r="G107">
-[...14 lines deleted...]
-      <c s="7" r="D108">
+      <c r="G107" s="3">
+        <v>4895557.4633320002</v>
+      </c>
+    </row>
+    <row r="108" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B108" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D108" s="4">
         <v>46234</v>
       </c>
-      <c s="7" r="E108">
+      <c r="E108" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F108">
+      <c r="F108" s="4">
         <v>46154</v>
       </c>
-      <c s="6" r="G108">
-[...14 lines deleted...]
-      <c s="7" r="D109">
+      <c r="G108" s="3">
+        <v>5275719.0599999996</v>
+      </c>
+    </row>
+    <row r="109" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B109" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D109" s="4">
         <v>46265</v>
       </c>
-      <c s="7" r="E109">
+      <c r="E109" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F109">
+      <c r="F109" s="4">
         <v>46154</v>
       </c>
-      <c s="6" r="G109">
+      <c r="G109" s="3">
         <v>1163393.043332</v>
       </c>
     </row>
-    <row r="110" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D110">
+    <row r="110" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B110" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D110" s="4">
         <v>46265</v>
       </c>
-      <c s="7" r="E110">
+      <c r="E110" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F110">
+      <c r="F110" s="4">
         <v>46154</v>
       </c>
-      <c s="6" r="G110">
-[...14 lines deleted...]
-      <c s="7" r="D111">
+      <c r="G110" s="3">
+        <v>4769873.0966640003</v>
+      </c>
+    </row>
+    <row r="111" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B111" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D111" s="4">
         <v>46173</v>
       </c>
-      <c s="7" r="E111">
+      <c r="E111" s="4">
         <v>45755</v>
       </c>
-      <c s="7" r="F111">
+      <c r="F111" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G111">
-[...15 lines deleted...]
-      <c s="7" r="E112">
+      <c r="G111" s="3">
+        <v>129945919</v>
+      </c>
+    </row>
+    <row r="112" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B112" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D112" s="2"/>
+      <c r="E112" s="4">
         <v>45727</v>
       </c>
-      <c s="7" r="F112">
+      <c r="F112" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G112">
-[...15 lines deleted...]
-      <c s="7" r="E113">
+      <c r="G112" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B113" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D113" s="2"/>
+      <c r="E113" s="4">
         <v>45699</v>
       </c>
-      <c s="7" r="F113">
+      <c r="F113" s="4">
         <v>46245</v>
       </c>
-      <c s="6" r="G113">
-[...14 lines deleted...]
-      <c s="7" r="D114">
+      <c r="G113" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B114" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D114" s="4">
         <v>46081</v>
       </c>
-      <c s="7" r="E114">
+      <c r="E114" s="4">
         <v>45685</v>
       </c>
-      <c s="7" r="F114">
+      <c r="F114" s="4">
         <v>46021</v>
       </c>
-      <c s="6" r="G114">
-[...14 lines deleted...]
-      <c s="7" r="D115">
+      <c r="G114" s="3">
+        <v>1841700.42</v>
+      </c>
+    </row>
+    <row r="115" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B115" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D115" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E115">
+      <c r="E115" s="4">
         <v>45685</v>
       </c>
-      <c s="7" r="F115">
+      <c r="F115" s="4">
         <v>45958</v>
       </c>
-      <c s="6" r="G115">
-[...14 lines deleted...]
-      <c s="7" r="D116">
+      <c r="G115" s="3">
+        <v>11544835.173327999</v>
+      </c>
+    </row>
+    <row r="116" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B116" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D116" s="4">
         <v>46005</v>
       </c>
-      <c s="7" r="E116">
+      <c r="E116" s="4">
         <v>45685</v>
       </c>
-      <c s="7" r="F116">
+      <c r="F116" s="4">
         <v>45958</v>
       </c>
-      <c s="6" r="G116">
-[...14 lines deleted...]
-      <c s="7" r="D117">
+      <c r="G116" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B117" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D117" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E117">
+      <c r="E117" s="4">
         <v>45685</v>
       </c>
-      <c s="7" r="F117">
+      <c r="F117" s="4">
         <v>45958</v>
       </c>
-      <c s="6" r="G117">
-[...14 lines deleted...]
-      <c s="7" r="D118">
+      <c r="G117" s="3">
+        <v>26928749.25</v>
+      </c>
+    </row>
+    <row r="118" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B118" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D118" s="4">
         <v>46173</v>
       </c>
-      <c s="7" r="E118">
+      <c r="E118" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F118">
+      <c r="F118" s="4">
         <v>46427</v>
       </c>
-      <c s="6" r="G118">
-[...14 lines deleted...]
-      <c s="7" r="D119">
+      <c r="G118" s="3">
+        <v>792380.87666399998</v>
+      </c>
+    </row>
+    <row r="119" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B119" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D119" s="4">
         <v>46142</v>
       </c>
-      <c s="7" r="E119">
+      <c r="E119" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F119">
+      <c r="F119" s="4">
         <v>46364</v>
       </c>
-      <c s="6" r="G119">
-[...14 lines deleted...]
-      <c s="7" r="D120">
+      <c r="G119" s="3">
+        <v>2324937.9499960002</v>
+      </c>
+    </row>
+    <row r="120" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B120" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D120" s="4">
         <v>46507</v>
       </c>
-      <c s="7" r="E120">
+      <c r="E120" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F120">
+      <c r="F120" s="4">
         <v>46364</v>
       </c>
-      <c s="6" r="G120">
+      <c r="G120" s="3">
         <v>7717258.749996</v>
       </c>
     </row>
-    <row r="121" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D121">
+    <row r="121" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B121" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D121" s="4">
         <v>46387</v>
       </c>
-      <c s="7" r="E121">
+      <c r="E121" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F121">
+      <c r="F121" s="4">
         <v>46126</v>
       </c>
-      <c s="6" r="G121">
-[...14 lines deleted...]
-      <c s="7" r="D122">
+      <c r="G121" s="3">
+        <v>46316014.203331999</v>
+      </c>
+    </row>
+    <row r="122" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B122" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D122" s="4">
         <v>46387</v>
       </c>
-      <c s="7" r="E122">
+      <c r="E122" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F122">
+      <c r="F122" s="4">
         <v>46126</v>
       </c>
-      <c s="6" r="G122">
-[...14 lines deleted...]
-      <c s="7" r="D123">
+      <c r="G122" s="3">
+        <v>17788550.609999999</v>
+      </c>
+    </row>
+    <row r="123" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B123" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D123" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E123">
+      <c r="E123" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F123">
+      <c r="F123" s="4">
         <v>46126</v>
       </c>
-      <c s="6" r="G123">
+      <c r="G123" s="3">
         <v>557542508.153332</v>
       </c>
     </row>
-    <row r="124" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D124">
+    <row r="124" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B124" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D124" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E124">
+      <c r="E124" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F124">
+      <c r="F124" s="4">
         <v>46126</v>
       </c>
-      <c s="6" r="G124">
-[...14 lines deleted...]
-      <c s="7" r="D125">
+      <c r="G124" s="3">
+        <v>126898197.96999601</v>
+      </c>
+    </row>
+    <row r="125" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B125" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D125" s="4">
         <v>46387</v>
       </c>
-      <c s="7" r="E125">
+      <c r="E125" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F125">
+      <c r="F125" s="4">
         <v>46126</v>
       </c>
-      <c s="6" r="G125">
-[...14 lines deleted...]
-      <c s="7" r="D126">
+      <c r="G125" s="3">
+        <v>19050281.013331998</v>
+      </c>
+    </row>
+    <row r="126" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B126" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D126" s="4">
         <v>46173</v>
       </c>
-      <c s="7" r="E126">
+      <c r="E126" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F126">
+      <c r="F126" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G126">
-[...14 lines deleted...]
-      <c s="7" r="D127">
+      <c r="G126" s="3">
+        <v>44326761.299999997</v>
+      </c>
+    </row>
+    <row r="127" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B127" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C127" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D127" s="4">
         <v>46173</v>
       </c>
-      <c s="7" r="E127">
+      <c r="E127" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F127">
+      <c r="F127" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G127">
-[...14 lines deleted...]
-      <c s="7" r="D128">
+      <c r="G127" s="3">
+        <v>39223058.133327998</v>
+      </c>
+    </row>
+    <row r="128" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B128" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D128" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E128">
+      <c r="E128" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F128">
+      <c r="F128" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G128">
-[...14 lines deleted...]
-      <c s="7" r="D129">
+      <c r="G128" s="3">
+        <v>63743568.076664001</v>
+      </c>
+    </row>
+    <row r="129" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B129" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D129" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E129">
+      <c r="E129" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F129">
+      <c r="F129" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G129">
+      <c r="G129" s="3">
         <v>35554445.936664</v>
       </c>
     </row>
-    <row r="130" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D130">
+    <row r="130" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B130" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D130" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E130">
+      <c r="E130" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F130">
+      <c r="F130" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G130">
-[...14 lines deleted...]
-      <c s="7" r="D131">
+      <c r="G130" s="3">
+        <v>8870767.4633280002</v>
+      </c>
+    </row>
+    <row r="131" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B131" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D131" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E131">
+      <c r="E131" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F131">
+      <c r="F131" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G131">
-[...14 lines deleted...]
-      <c s="7" r="D132">
+      <c r="G131" s="3">
+        <v>19352481.239996001</v>
+      </c>
+    </row>
+    <row r="132" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B132" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D132" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E132">
+      <c r="E132" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F132">
+      <c r="F132" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G132">
-[...14 lines deleted...]
-      <c s="7" r="D133">
+      <c r="G132" s="3">
+        <v>41471977.559996001</v>
+      </c>
+    </row>
+    <row r="133" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D133" s="4">
         <v>46142</v>
       </c>
-      <c s="7" r="E133">
+      <c r="E133" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F133">
+      <c r="F133" s="4">
         <v>46063</v>
       </c>
-      <c s="6" r="G133">
-[...14 lines deleted...]
-      <c s="7" r="D134">
+      <c r="G133" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B134" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D134" s="4">
         <v>46142</v>
       </c>
-      <c s="7" r="E134">
+      <c r="E134" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F134">
+      <c r="F134" s="4">
         <v>46063</v>
       </c>
-      <c s="6" r="G134">
-[...14 lines deleted...]
-      <c s="7" r="D135">
+      <c r="G134" s="3">
+        <v>41329879.149999999</v>
+      </c>
+    </row>
+    <row r="135" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B135" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="D135" s="4">
         <v>46142</v>
       </c>
-      <c s="7" r="E135">
+      <c r="E135" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F135">
+      <c r="F135" s="4">
         <v>46063</v>
       </c>
-      <c s="6" r="G135">
-[...14 lines deleted...]
-      <c s="7" r="D136">
+      <c r="G135" s="3">
+        <v>154048313.46000001</v>
+      </c>
+    </row>
+    <row r="136" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B136" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D136" s="4">
         <v>46173</v>
       </c>
-      <c s="7" r="E136">
+      <c r="E136" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F136">
+      <c r="F136" s="4">
         <v>46063</v>
       </c>
-      <c s="6" r="G136">
-[...15 lines deleted...]
-      <c s="7" r="E137">
+      <c r="G136" s="3">
+        <v>34197365.333332002</v>
+      </c>
+    </row>
+    <row r="137" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B137" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D137" s="2"/>
+      <c r="E137" s="4">
         <v>45636</v>
       </c>
-      <c s="7" r="F137">
+      <c r="F137" s="4">
         <v>46063</v>
       </c>
-      <c s="6" r="G137">
-[...15 lines deleted...]
-      <c s="7" r="E138">
+      <c r="G137" s="3">
+        <v>2257772</v>
+      </c>
+    </row>
+    <row r="138" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B138" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="D138" s="2"/>
+      <c r="E138" s="4">
         <v>45608</v>
       </c>
-      <c s="7" r="F138">
+      <c r="F138" s="4">
         <v>46182</v>
       </c>
-      <c s="6" r="G138">
-[...15 lines deleted...]
-      <c s="7" r="E139">
+      <c r="G138" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B139" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D139" s="2"/>
+      <c r="E139" s="4">
         <v>45608</v>
       </c>
-      <c s="7" r="F139">
+      <c r="F139" s="4">
         <v>46154</v>
       </c>
-      <c s="6" r="G139">
-[...14 lines deleted...]
-      <c s="7" r="D140">
+      <c r="G139" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B140" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="D140" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E140">
+      <c r="E140" s="4">
         <v>45594</v>
       </c>
-      <c s="7" r="F140">
+      <c r="F140" s="4">
         <v>46126</v>
       </c>
-      <c s="6" r="G140">
-[...15 lines deleted...]
-      <c s="7" r="E141">
+      <c r="G140" s="3">
+        <v>1849682.1766639999</v>
+      </c>
+    </row>
+    <row r="141" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B141" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D141" s="2"/>
+      <c r="E141" s="4">
         <v>45580</v>
       </c>
-      <c s="7" r="F141">
+      <c r="F141" s="4">
         <v>46154</v>
       </c>
-      <c s="6" r="G141">
-[...14 lines deleted...]
-      <c s="7" r="D142">
+      <c r="G141" s="3">
+        <v>18820196</v>
+      </c>
+    </row>
+    <row r="142" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B142" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D142" s="4">
         <v>46477</v>
       </c>
-      <c s="7" r="E142">
+      <c r="E142" s="4">
         <v>45573</v>
       </c>
-      <c s="7" r="F142">
+      <c r="F142" s="4">
         <v>46364</v>
       </c>
-      <c s="6" r="G142">
-[...14 lines deleted...]
-      <c s="7" r="D143">
+      <c r="G142" s="3">
+        <v>4008816.8466639998</v>
+      </c>
+    </row>
+    <row r="143" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B143" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D143" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E143">
+      <c r="E143" s="4">
         <v>45573</v>
       </c>
-      <c s="7" r="F143">
+      <c r="F143" s="4">
         <v>46308</v>
       </c>
-      <c s="6" r="G143">
-[...14 lines deleted...]
-      <c s="7" r="D144">
+      <c r="G143" s="3">
+        <v>32801619.963332001</v>
+      </c>
+    </row>
+    <row r="144" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B144" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D144" s="4">
         <v>46112</v>
       </c>
-      <c s="7" r="E144">
+      <c r="E144" s="4">
         <v>45573</v>
       </c>
-      <c s="7" r="F144">
+      <c r="F144" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G144">
-[...14 lines deleted...]
-      <c s="7" r="D145">
+      <c r="G144" s="3">
+        <v>5398032.1599960001</v>
+      </c>
+    </row>
+    <row r="145" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B145" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D145" s="4">
         <v>46112</v>
       </c>
-      <c s="7" r="E145">
+      <c r="E145" s="4">
         <v>45573</v>
       </c>
-      <c s="7" r="F145">
+      <c r="F145" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G145">
-[...14 lines deleted...]
-      <c s="7" r="D146">
+      <c r="G145" s="3">
+        <v>361081713.64666402</v>
+      </c>
+    </row>
+    <row r="146" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B146" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D146" s="4">
         <v>46112</v>
       </c>
-      <c s="7" r="E146">
+      <c r="E146" s="4">
         <v>45573</v>
       </c>
-      <c s="7" r="F146">
+      <c r="F146" s="4">
         <v>46000</v>
       </c>
-      <c s="6" r="G146">
-[...14 lines deleted...]
-      <c s="7" r="D147">
+      <c r="G146" s="3">
+        <v>2664747.8733279998</v>
+      </c>
+    </row>
+    <row r="147" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B147" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D147" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E147">
+      <c r="E147" s="4">
         <v>45573</v>
       </c>
-      <c s="7" r="F147">
+      <c r="F147" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G147">
-[...14 lines deleted...]
-      <c s="7" r="D148">
+      <c r="G147" s="3">
+        <v>9052638.5533319991</v>
+      </c>
+    </row>
+    <row r="148" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B148" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D148" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E148">
+      <c r="E148" s="4">
         <v>45573</v>
       </c>
-      <c s="7" r="F148">
+      <c r="F148" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G148">
+      <c r="G148" s="3">
         <v>14906541.626664</v>
       </c>
     </row>
-    <row r="149" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D149">
+    <row r="149" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B149" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D149" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E149">
+      <c r="E149" s="4">
         <v>45573</v>
       </c>
-      <c s="7" r="F149">
+      <c r="F149" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G149">
+      <c r="G149" s="3">
         <v>3315447.789996</v>
       </c>
     </row>
-    <row r="150" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D150">
+    <row r="150" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B150" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D150" s="4">
         <v>46387</v>
       </c>
-      <c s="7" r="E150">
+      <c r="E150" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F150">
+      <c r="F150" s="4">
         <v>46273</v>
       </c>
-      <c s="6" r="G150">
-[...14 lines deleted...]
-      <c s="7" r="D151">
+      <c r="G150" s="3">
+        <v>17569888.886663999</v>
+      </c>
+    </row>
+    <row r="151" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B151" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="D151" s="4">
         <v>46326</v>
       </c>
-      <c s="7" r="E151">
+      <c r="E151" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F151">
+      <c r="F151" s="4">
         <v>46126</v>
       </c>
-      <c s="6" r="G151">
+      <c r="G151" s="3">
         <v>10554665.353332</v>
       </c>
     </row>
-    <row r="152" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D152">
+    <row r="152" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B152" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D152" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E152">
+      <c r="E152" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F152">
+      <c r="F152" s="4">
         <v>46000</v>
       </c>
-      <c s="6" r="G152">
-[...14 lines deleted...]
-      <c s="7" r="D153">
+      <c r="G152" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B153" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D153" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E153">
+      <c r="E153" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F153">
+      <c r="F153" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G153">
-[...14 lines deleted...]
-      <c s="7" r="D154">
+      <c r="G153" s="3">
+        <v>12724747.173327999</v>
+      </c>
+    </row>
+    <row r="154" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B154" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D154" s="4">
         <v>45961</v>
       </c>
-      <c s="7" r="E154">
+      <c r="E154" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F154">
+      <c r="F154" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G154">
-[...15 lines deleted...]
-      <c s="7" r="E155">
+      <c r="G154" s="3">
+        <v>71342243.009995997</v>
+      </c>
+    </row>
+    <row r="155" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B155" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D155" s="2"/>
+      <c r="E155" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F155">
+      <c r="F155" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G155">
-[...15 lines deleted...]
-      <c s="7" r="E156">
+      <c r="G155" s="3">
+        <v>54464774</v>
+      </c>
+    </row>
+    <row r="156" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B156" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D156" s="2"/>
+      <c r="E156" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F156">
+      <c r="F156" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G156">
-[...14 lines deleted...]
-      <c s="7" r="D157">
+      <c r="G156" s="3">
+        <v>22483280</v>
+      </c>
+    </row>
+    <row r="157" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B157" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D157" s="4">
         <v>45961</v>
       </c>
-      <c s="7" r="E157">
+      <c r="E157" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F157">
+      <c r="F157" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G157">
-[...14 lines deleted...]
-      <c s="7" r="D158">
+      <c r="G157" s="3">
+        <v>16104822.466663999</v>
+      </c>
+    </row>
+    <row r="158" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B158" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D158" s="4">
         <v>45961</v>
       </c>
-      <c s="7" r="E158">
+      <c r="E158" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F158">
+      <c r="F158" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G158">
+      <c r="G158" s="3">
         <v>10512947.533332</v>
       </c>
     </row>
-    <row r="159" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D159">
+    <row r="159" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B159" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D159" s="4">
         <v>45961</v>
       </c>
-      <c s="7" r="E159">
+      <c r="E159" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F159">
+      <c r="F159" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G159">
-[...14 lines deleted...]
-      <c s="7" r="D160">
+      <c r="G159" s="3">
+        <v>15810994.063332001</v>
+      </c>
+    </row>
+    <row r="160" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B160" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D160" s="4">
         <v>46081</v>
       </c>
-      <c s="7" r="E160">
+      <c r="E160" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F160">
+      <c r="F160" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G160">
+      <c r="G160" s="3">
         <v>69068122.023332</v>
       </c>
     </row>
-    <row r="161" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D161">
+    <row r="161" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B161" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="D161" s="4">
         <v>46081</v>
       </c>
-      <c s="7" r="E161">
+      <c r="E161" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F161">
+      <c r="F161" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G161">
-[...14 lines deleted...]
-      <c s="7" r="D162">
+      <c r="G161" s="3">
+        <v>2298237.3866639999</v>
+      </c>
+    </row>
+    <row r="162" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="D162" s="4">
         <v>45961</v>
       </c>
-      <c s="7" r="E162">
+      <c r="E162" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F162">
+      <c r="F162" s="4">
         <v>45964</v>
       </c>
-      <c s="6" r="G162">
-[...14 lines deleted...]
-      <c s="7" r="D163">
+      <c r="G162" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B163" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D163" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E163">
+      <c r="E163" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F163">
+      <c r="F163" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G163">
-[...14 lines deleted...]
-      <c s="7" r="D164">
+      <c r="G163" s="3">
+        <v>1240122.27</v>
+      </c>
+    </row>
+    <row r="164" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B164" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D164" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E164">
+      <c r="E164" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F164">
+      <c r="F164" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G164">
-[...14 lines deleted...]
-      <c s="7" r="D165">
+      <c r="G164" s="3">
+        <v>28830072.176663999</v>
+      </c>
+    </row>
+    <row r="165" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B165" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D165" s="4">
         <v>45991</v>
       </c>
-      <c s="7" r="E165">
+      <c r="E165" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F165">
+      <c r="F165" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G165">
-[...14 lines deleted...]
-      <c s="7" r="D166">
+      <c r="G165" s="3">
+        <v>97911847.689996004</v>
+      </c>
+    </row>
+    <row r="166" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B166" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="D166" s="4">
         <v>45991</v>
       </c>
-      <c s="7" r="E166">
+      <c r="E166" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F166">
+      <c r="F166" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G166">
+      <c r="G166" s="3">
         <v>15126157.683332</v>
       </c>
     </row>
-    <row r="167" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D167">
+    <row r="167" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B167" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D167" s="4">
         <v>45991</v>
       </c>
-      <c s="7" r="E167">
+      <c r="E167" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F167">
+      <c r="F167" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G167">
-[...14 lines deleted...]
-      <c s="7" r="D168">
+      <c r="G167" s="3">
+        <v>5290015.0599959996</v>
+      </c>
+    </row>
+    <row r="168" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B168" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D168" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E168">
+      <c r="E168" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F168">
+      <c r="F168" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G168">
-[...14 lines deleted...]
-      <c s="7" r="D169">
+      <c r="G168" s="3">
+        <v>21215162.603332002</v>
+      </c>
+    </row>
+    <row r="169" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B169" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="D169" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E169">
+      <c r="E169" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F169">
+      <c r="F169" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G169">
-[...14 lines deleted...]
-      <c s="7" r="D170">
+      <c r="G169" s="3">
+        <v>2828432.6899959999</v>
+      </c>
+    </row>
+    <row r="170" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B170" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D170" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E170">
+      <c r="E170" s="4">
         <v>45482</v>
       </c>
-      <c s="7" r="F170">
+      <c r="F170" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G170">
-[...14 lines deleted...]
-      <c s="7" r="D171">
+      <c r="G170" s="3">
+        <v>26005700.146664001</v>
+      </c>
+    </row>
+    <row r="171" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B171" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D171" s="4">
         <v>46234</v>
       </c>
-      <c s="7" r="E171">
+      <c r="E171" s="4">
         <v>45391</v>
       </c>
-      <c s="7" r="F171">
+      <c r="F171" s="4">
         <v>46126</v>
       </c>
-      <c s="6" r="G171">
-[...14 lines deleted...]
-      <c s="7" r="D172">
+      <c r="G171" s="3">
+        <v>62822721.776663996</v>
+      </c>
+    </row>
+    <row r="172" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B172" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D172" s="4">
         <v>46054</v>
       </c>
-      <c s="7" r="E172">
+      <c r="E172" s="4">
         <v>45391</v>
       </c>
-      <c s="7" r="F172">
+      <c r="F172" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G172">
-[...14 lines deleted...]
-      <c s="7" r="D173">
+      <c r="G172" s="3">
+        <v>423489778.20666403</v>
+      </c>
+    </row>
+    <row r="173" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B173" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="D173" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E173">
+      <c r="E173" s="4">
         <v>45391</v>
       </c>
-      <c s="7" r="F173">
+      <c r="F173" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G173">
-[...14 lines deleted...]
-      <c s="7" r="D174">
+      <c r="G173" s="3">
+        <v>5771964.8399999999</v>
+      </c>
+    </row>
+    <row r="174" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B174" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="D174" s="4">
         <v>45930</v>
       </c>
-      <c s="7" r="E174">
+      <c r="E174" s="4">
         <v>45286</v>
       </c>
-      <c s="7" r="F174">
+      <c r="F174" s="4">
         <v>46203</v>
       </c>
-      <c s="6" r="G174">
+      <c r="G174" s="3">
         <v>1174542.966644</v>
       </c>
     </row>
-    <row r="175" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D175">
+    <row r="175" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B175" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="D175" s="4">
         <v>46203</v>
       </c>
-      <c s="7" r="E175">
+      <c r="E175" s="4">
         <v>45286</v>
       </c>
-      <c s="7" r="F175">
+      <c r="F175" s="4">
         <v>46140</v>
       </c>
-      <c s="6" r="G175">
-[...14 lines deleted...]
-      <c s="7" r="D176">
+      <c r="G175" s="3">
+        <v>19657943</v>
+      </c>
+    </row>
+    <row r="176" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B176" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="D176" s="4">
         <v>46142</v>
       </c>
-      <c s="7" r="E176">
+      <c r="E176" s="4">
         <v>45286</v>
       </c>
-      <c s="7" r="F176">
+      <c r="F176" s="4">
         <v>46049</v>
       </c>
-      <c s="6" r="G176">
-[...14 lines deleted...]
-      <c s="7" r="D177">
+      <c r="G176" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B177" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D177" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E177">
+      <c r="E177" s="4">
         <v>45286</v>
       </c>
-      <c s="7" r="F177">
+      <c r="F177" s="4">
         <v>45958</v>
       </c>
-      <c s="6" r="G177">
-[...14 lines deleted...]
-      <c s="7" r="D178">
+      <c r="G177" s="3">
+        <v>30474052</v>
+      </c>
+    </row>
+    <row r="178" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B178" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D178" s="4">
         <v>46142</v>
       </c>
-      <c s="7" r="E178">
+      <c r="E178" s="4">
         <v>45271</v>
       </c>
-      <c s="7" r="F178">
+      <c r="F178" s="4">
         <v>46063</v>
       </c>
-      <c s="6" r="G178">
+      <c r="G178" s="3">
         <v>3082998.579996</v>
       </c>
     </row>
-    <row r="179" ht="18" customHeight="0">
-[...10 lines deleted...]
-      <c s="7" r="D179">
+    <row r="179" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="B179" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D179" s="4">
         <v>45930</v>
       </c>
-      <c s="7" r="E179">
+      <c r="E179" s="4">
         <v>45223</v>
       </c>
-      <c s="7" r="F179">
+      <c r="F179" s="4">
         <v>45930</v>
       </c>
-      <c s="6" r="G179">
-[...14 lines deleted...]
-      <c s="7" r="D180">
+      <c r="G179" s="3">
+        <v>2709487</v>
+      </c>
+    </row>
+    <row r="180" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B180" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="D180" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E180">
+      <c r="E180" s="4">
         <v>45208</v>
       </c>
-      <c s="7" r="F180">
+      <c r="F180" s="4">
         <v>45972</v>
       </c>
-      <c s="6" r="G180">
-[...14 lines deleted...]
-      <c s="7" r="D181">
+      <c r="G180" s="3">
+        <v>216430924.02000001</v>
+      </c>
+    </row>
+    <row r="181" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="B181" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D181" s="4">
         <v>46112</v>
       </c>
-      <c s="7" r="E181">
+      <c r="E181" s="4">
         <v>45152</v>
       </c>
-      <c s="7" r="F181">
+      <c r="F181" s="4">
         <v>46000</v>
       </c>
-      <c s="6" r="G181">
-[...15 lines deleted...]
-      <c s="7" r="E182">
+      <c r="G181" s="3">
+        <v>7071995.3200000003</v>
+      </c>
+    </row>
+    <row r="182" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="B182" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="D182" s="2"/>
+      <c r="E182" s="4">
         <v>45152</v>
       </c>
-      <c s="7" r="F182">
+      <c r="F182" s="4">
         <v>46000</v>
       </c>
-      <c s="6" r="G182">
-[...14 lines deleted...]
-      <c s="7" r="D183">
+      <c r="G182" s="3">
+        <v>4624694</v>
+      </c>
+    </row>
+    <row r="183" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D183" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E183">
+      <c r="E183" s="4">
         <v>44844</v>
       </c>
-      <c s="7" r="F183">
+      <c r="F183" s="4">
         <v>46273</v>
       </c>
-      <c s="6" r="G183">
-[...14 lines deleted...]
-      <c s="7" r="D184">
+      <c r="G183" s="3">
+        <v>132112521</v>
+      </c>
+    </row>
+    <row r="184" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B184" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D184" s="4">
         <v>46386</v>
       </c>
-      <c s="7" r="E184">
+      <c r="E184" s="4">
         <v>44844</v>
       </c>
-      <c s="7" r="F184">
+      <c r="F184" s="4">
         <v>46273</v>
       </c>
-      <c s="6" r="G184">
-[...14 lines deleted...]
-      <c s="7" r="D185">
+      <c r="G184" s="3">
+        <v>23652644.509996001</v>
+      </c>
+    </row>
+    <row r="185" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B185" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D185" s="4">
         <v>46053</v>
       </c>
-      <c s="7" r="E185">
+      <c r="E185" s="4">
         <v>44713</v>
       </c>
-      <c s="7" r="F185">
+      <c r="F185" s="4">
         <v>45979</v>
       </c>
-      <c s="6" r="G185">
-[...14 lines deleted...]
-      <c s="7" r="D186">
+      <c r="G185" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B186" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D186" s="4">
         <v>45991</v>
       </c>
-      <c s="7" r="E186">
+      <c r="E186" s="4">
         <v>44713</v>
       </c>
-      <c s="7" r="F186">
+      <c r="F186" s="4">
         <v>45958</v>
       </c>
-      <c s="6" r="G186">
-[...14 lines deleted...]
-      <c s="7" r="D187">
+      <c r="G186" s="3">
+        <v>52903346.019968003</v>
+      </c>
+    </row>
+    <row r="187" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B187" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D187" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E187">
+      <c r="E187" s="4">
         <v>44713</v>
       </c>
-      <c s="7" r="F187">
+      <c r="F187" s="4">
         <v>45958</v>
       </c>
-      <c s="6" r="G187">
-[...14 lines deleted...]
-      <c s="7" r="D188">
+      <c r="G187" s="3">
+        <v>819812</v>
+      </c>
+    </row>
+    <row r="188" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B188" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D188" s="4">
         <v>46142</v>
       </c>
-      <c s="7" r="E188">
+      <c r="E188" s="4">
         <v>44543</v>
       </c>
-      <c s="7" r="F188">
+      <c r="F188" s="4">
         <v>46091</v>
       </c>
-      <c s="6" r="G188">
-[...14 lines deleted...]
-      <c s="7" r="D189">
+      <c r="G188" s="3">
+        <v>2274256.5999960001</v>
+      </c>
+    </row>
+    <row r="189" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B189" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="D189" s="4">
         <v>46022</v>
       </c>
-      <c s="7" r="E189">
+      <c r="E189" s="4">
         <v>44298</v>
       </c>
-      <c s="7" r="F189">
+      <c r="F189" s="4">
         <v>45944</v>
       </c>
-      <c s="6" r="G189">
-        <v>9561623.656664</v>
+      <c r="G189" s="3">
+        <v>9561623.6566640008</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="4">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="A5:I5"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId7"/>
-[...80240 lines deleted...]
-  <drawing r:id="rId16"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
-  <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
-  <ScaleCrop>0</ScaleCrop>
+  <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector baseType="variant" size="2">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="0"/>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Bid Calendar &amp; In Process</vt:lpstr>
+      <vt:lpstr>'Bid Calendar &amp; In Process'!Print_Titles</vt:lpstr>
+    </vt:vector>
   </TitlesOfParts>
-  <LinksUpToDate>0</LinksUpToDate>
+  <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
-  <SharedDoc>0</SharedDoc>
-[...1 lines deleted...]
-  <Application>Microsoft Excel</Application>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>