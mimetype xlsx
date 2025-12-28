--- v1 (2025-12-07)
+++ v2 (2025-12-28)
@@ -1,291 +1,309 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vizientinc-my.sharepoint.com/personal/sara_holmgren_vizientinc_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6" documentId="11_A95DE97801283758EBE7125C93E0C565AFCEE7B7" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BE80640F-B993-4D19-8B63-4ADB210A1905}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="11_2A27A9706DFF1591652A7E220175B4A1EDEE1BF7" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{40ADD343-814C-48CA-AD7E-4073D778FFDC}"/>
   <bookViews>
-    <workbookView xWindow="4110" yWindow="2055" windowWidth="21600" windowHeight="12645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="47160" yWindow="5865" windowWidth="21600" windowHeight="11055" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Bid Calendar &amp; In Process" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Bid Calendar &amp; In Process'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="179">
   <si>
     <t>Bid Calendar &amp; In Process</t>
   </si>
   <si>
     <t>Prepared for Captis</t>
   </si>
   <si>
     <t>2025 - Confidential | Captis Membership Only | Not for external distribution</t>
   </si>
   <si>
     <t>Spend Category</t>
   </si>
   <si>
     <t>Initiative Name</t>
   </si>
   <si>
     <t>Current Contract End Date</t>
   </si>
   <si>
     <t>Bid Calendar Approval Date</t>
   </si>
   <si>
     <t>New Contract Approval Date - Estimated</t>
   </si>
   <si>
     <t>Captis Spend</t>
   </si>
   <si>
+    <t>Clinical Preference</t>
+  </si>
+  <si>
+    <t>Point of Care Testing - 2024</t>
+  </si>
+  <si>
+    <t>Pharmacy</t>
+  </si>
+  <si>
+    <t>4-Factor PCC 2027</t>
+  </si>
+  <si>
+    <t>Rituximab 2027</t>
+  </si>
+  <si>
+    <t>Trastuzumab 2027</t>
+  </si>
+  <si>
+    <t>Long-Acting Granulocyte-Colony Stimulating Factor 2027</t>
+  </si>
+  <si>
+    <t>RhoD Immune Globulin 2027</t>
+  </si>
+  <si>
+    <t>Adalimumab 2026</t>
+  </si>
+  <si>
+    <t>IVIG, ALBUMIN, and PCC 2026</t>
+  </si>
+  <si>
+    <t>Rabies Immunoglobulin 2026</t>
+  </si>
+  <si>
+    <t>Pharmacy Distribution 2026</t>
+  </si>
+  <si>
+    <t>Fifth-Generation Cephalosporin 2026</t>
+  </si>
+  <si>
+    <t>Epoprostenol 2026</t>
+  </si>
+  <si>
     <t>Additional Products</t>
   </si>
   <si>
-    <t>Automated Grossing Station</t>
-[...8 lines deleted...]
-    <t>Federal Technology Fund - 2024/25 Pilot</t>
+    <t>Coagulation Testing - 2026</t>
+  </si>
+  <si>
+    <t>Bendamustine 2026</t>
+  </si>
+  <si>
+    <t>Automated Grossing Station - 2026</t>
+  </si>
+  <si>
+    <t>Patient Skin Care - Fabric - 2027</t>
+  </si>
+  <si>
+    <t>Patient Skin Care 2027</t>
+  </si>
+  <si>
+    <t>Total Casting Systems - 2027</t>
+  </si>
+  <si>
+    <t>Commodity</t>
+  </si>
+  <si>
+    <t>Sanitary Paper - 2027</t>
+  </si>
+  <si>
+    <t>Specialty Bags - 2027</t>
+  </si>
+  <si>
+    <t>Waterless (Brushless) Surgical Hand Scrubs - 2027</t>
+  </si>
+  <si>
+    <t>Medical Devices</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Bone Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Breast Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Soft Tissue Core Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Craniomaxillofacial Implants &amp; Accessories - Cranial and Facial - 2027</t>
+  </si>
+  <si>
+    <t>Craniomaxillofacial Implants &amp; Accessories - Thoracic - 2027</t>
+  </si>
+  <si>
+    <t>Disposable Tourniquets - 2027</t>
+  </si>
+  <si>
+    <t>Kyphoplasty and Vertebroplasty - 2027</t>
+  </si>
+  <si>
+    <t>Third Party Instrument &amp; Scope Repair - 2026</t>
+  </si>
+  <si>
+    <t>Vendor/Contractor Credentialing and Visitor Management - 2026</t>
+  </si>
+  <si>
+    <t>Denosumab - 2026</t>
+  </si>
+  <si>
+    <t>Ustekinumab - 2025</t>
+  </si>
+  <si>
+    <t>Medication Delivery Devices - 2027</t>
+  </si>
+  <si>
+    <t>Non-Invasive Airway Clearance - PEP/PAP Handheld - 2027</t>
+  </si>
+  <si>
+    <t>Non-Invasive Airway Clearance - Pneumatic Lung Expansion - 2027</t>
+  </si>
+  <si>
+    <t>Phlebotomy - Lancets - 2027</t>
+  </si>
+  <si>
+    <t>Sterility Assurance Products - 2027</t>
+  </si>
+  <si>
+    <t>CHG Cloths - 2027</t>
+  </si>
+  <si>
+    <t>Cochlear Implants - 2027</t>
+  </si>
+  <si>
+    <t>ENT Products - 2027</t>
+  </si>
+  <si>
+    <t>Enteral and Oral Syringes - 2027</t>
+  </si>
+  <si>
+    <t>Iodophor Preoperative Skin Prep - 2027</t>
+  </si>
+  <si>
+    <t>Medical Tapes &amp; Self Adherent Wraps - 2027</t>
+  </si>
+  <si>
+    <t>Nasogastric Feeding Tubes - Adult - 2027</t>
+  </si>
+  <si>
+    <t>Nasogastric Feeding Tubes - Neonatal - 2027</t>
+  </si>
+  <si>
+    <t>Patient Cleansing Products - 2027</t>
+  </si>
+  <si>
+    <t>Percutaneous Tubes - 2027</t>
+  </si>
+  <si>
+    <t>Transparent Dressings - 2027</t>
+  </si>
+  <si>
+    <t>Basic Electrosurgery Products - 2027</t>
+  </si>
+  <si>
+    <t>Disposable Patient Positioners - 2027</t>
+  </si>
+  <si>
+    <t>Environmental Services Distribution - 2027</t>
+  </si>
+  <si>
+    <t>Gynecological Ablation - 2027</t>
+  </si>
+  <si>
+    <t>Gynecological Hysteroscopic Tissue Removal Products - 2027</t>
+  </si>
+  <si>
+    <t>Motorized Localized Cold Therapy - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Coils - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Diagnostic Supplies - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Drug Coated Balloons - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Drug Eluting Stents - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Interventional Supplies - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - IVC Filters - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Specialty - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Thrombectomy - 2027</t>
+  </si>
+  <si>
+    <t>Postoperative Pain Pumps PCA - 2027</t>
+  </si>
+  <si>
+    <t>Cassettes and Cassette Printers - 2025</t>
   </si>
   <si>
     <t>Glucose Meters - 2025</t>
   </si>
   <si>
-    <t>Point of Care Testing - 2024</t>
-[...172 lines deleted...]
-  <si>
     <t>Margin Optimization Software - 2025</t>
   </si>
   <si>
     <t>Indirects</t>
   </si>
   <si>
     <t>Document Storage and Destruction - 2026</t>
   </si>
   <si>
     <t>Elevator and Escalator Maintenance - 2026</t>
   </si>
   <si>
     <t>Freight Management - 2026</t>
   </si>
   <si>
     <t>Medical Gases - 2026</t>
   </si>
   <si>
     <t>Pre-Employment Services - 2026</t>
   </si>
   <si>
     <t>Waste Stream Management - 2026</t>
   </si>
   <si>
     <t>Patient Footwear - 2027</t>
@@ -293,66 +311,63 @@
   <si>
     <t>Smoke Evacuation - 2027</t>
   </si>
   <si>
     <t>Thermal Packs - 2027</t>
   </si>
   <si>
     <t>Casting and Splinting Products - 2027</t>
   </si>
   <si>
     <t>Diagnostic Procedure Trays - 2027</t>
   </si>
   <si>
     <t>Exam Gloves - 2026</t>
   </si>
   <si>
     <t>Feeding Pumps and Pump Sets - 2026</t>
   </si>
   <si>
     <t>Gastrointestinal Decompression Tubes - 2026</t>
   </si>
   <si>
     <t>Pneumatic Compression Devices - 2026</t>
   </si>
   <si>
-    <t>IT Value-Added (VAR) 2025</t>
-[...14 lines deleted...]
-    <t>Maintenance Repair and Operations (MRO) Products - 2025</t>
+    <t>IT Value-Added (VAR) 2026</t>
+  </si>
+  <si>
+    <t>Staffing Services - 2026</t>
+  </si>
+  <si>
+    <t>Desktops and Laptops - 2026</t>
+  </si>
+  <si>
+    <t>Clinical Equipment Parts &amp; Services - 2026</t>
+  </si>
+  <si>
+    <t>Maintenance Repair and Operations (MRO) Products - 2026</t>
   </si>
   <si>
     <t>Adhesive Drapes - 2026</t>
   </si>
   <si>
     <t>Anesthesia Masks and Circuits - 2026</t>
   </si>
   <si>
     <t>Sterilization Pouches and Packages - 2026</t>
   </si>
   <si>
     <t>Sterilization Wraps - 2026</t>
   </si>
   <si>
     <t>Blood Pressure Cuffs - 2026</t>
   </si>
   <si>
     <t>Disposable Vaginal Speculums - 2026</t>
   </si>
   <si>
     <t>Otoscopes and Ophthalmoscopes - 2026</t>
   </si>
   <si>
     <t>ABG Kits - 2026</t>
   </si>
@@ -380,285 +395,213 @@
   <si>
     <t>OR Sponges and Towels - 2026</t>
   </si>
   <si>
     <t>Patient Care Plastics &amp; Steel Products - 2026</t>
   </si>
   <si>
     <t>Supraglottic Airways - 2026</t>
   </si>
   <si>
     <t>Durable Medical Equipment (DME) - 2026</t>
   </si>
   <si>
     <t>Laryngoscopes - 2026</t>
   </si>
   <si>
     <t>Open Suction Catheters - 2026</t>
   </si>
   <si>
     <t>OR Turnover Kits - 2026</t>
   </si>
   <si>
     <t>Lab Distribution - 2026</t>
   </si>
   <si>
-    <t>Arterial Lines - 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Minor Procedure Trays - Standard - 2026</t>
   </si>
   <si>
     <t>Vancomycin - RTU - 2026</t>
   </si>
   <si>
     <t>Closed System Drug Transfer Devices - 2026</t>
   </si>
   <si>
     <t>Drug Information and Decision Support Services - 2025</t>
   </si>
   <si>
     <t>Viscoelastics (Ortho) - 2025</t>
   </si>
   <si>
     <t>Anti-Embolism Stockings - 2027</t>
   </si>
   <si>
     <t>Alcohol Prep Pads - 2026</t>
   </si>
   <si>
     <t>Tracheostomy Tubes - 2026</t>
   </si>
   <si>
     <t>Medical Device/Pharmacy</t>
   </si>
   <si>
     <t>Contrast Media - CT - 2026</t>
   </si>
   <si>
     <t>Contrast Media - MR - 2026</t>
   </si>
   <si>
-    <t>Total Joint Implants - 2026</t>
+    <t>Ultrasound Contrast Media - 2026</t>
+  </si>
+  <si>
+    <t>Phlebotomy 2026</t>
+  </si>
+  <si>
+    <t>Total Joint Implants - Hips and Knees - 2026</t>
   </si>
   <si>
     <t>Total Joint Implants - Shoulders - 2026</t>
   </si>
   <si>
-    <t>Ultrasound Contrast Media - 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Hemostasis - Active - 2026</t>
   </si>
   <si>
     <t>Hemostasis - Passive - 2026</t>
   </si>
   <si>
-    <t>Phlebotomy 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Reusable Surgical Handheld Instruments - Instruments - 2026</t>
   </si>
   <si>
     <t>Reusable Surgical Handheld Instruments - Sterile Containers - 2026</t>
   </si>
   <si>
     <t>Surgical Equipment Covers - 2026</t>
   </si>
   <si>
     <t>Surgical Gloves - 2026</t>
   </si>
   <si>
+    <t>Disposable Sharps Containers - 2026</t>
+  </si>
+  <si>
     <t>Excess Inventory Selling - 2026</t>
   </si>
   <si>
     <t>GI Infection Prevention - 2026</t>
   </si>
   <si>
-    <t>GI Lab and Biliary Products - 2026</t>
+    <t>GI Lab Products - Advanced Endoscopy - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - Cholangioscopy Scopes and Accessories - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - General GI - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - GI Hemostasis - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - Manometry and Capsules - 2026</t>
   </si>
   <si>
     <t>Incontinence Products - 2026</t>
   </si>
   <si>
-    <t>Pressure Infusion Bags - Disposable - 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Personal Protective Equipment - Ortho - 2026</t>
   </si>
   <si>
     <t>Pneumatic Tourniquet Systems - 2026</t>
   </si>
   <si>
     <t>Vasopressin - RTU - 2026</t>
   </si>
   <si>
     <t>Video Laryngoscopes - 2025</t>
   </si>
   <si>
     <t>Disposable Manual Resuscitators - 2026</t>
   </si>
   <si>
     <t>Surgical Nonwovens - 2026</t>
   </si>
   <si>
-    <t>Lactation Care 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Spinal Implants - 2026</t>
   </si>
   <si>
-    <t>Elastic Bandages - 2026</t>
-[...10 lines deleted...]
-  <si>
     <t>Infusion Therapy Kits - 2026</t>
   </si>
   <si>
     <t>Vascular Access Products - Dialysis Catheters - 2025</t>
   </si>
   <si>
     <t>Contextual Research 2025</t>
   </si>
   <si>
-    <t>Non-Tunneled Central Venous Catheters - 2025</t>
-[...59 lines deleted...]
-    <t>Disposable OR Accessories - 2025</t>
+    <t>Office Products - 2027</t>
   </si>
   <si>
     <t>Skeletal Muscle Relaxant (Ryanodex) - 2026</t>
   </si>
   <si>
     <t>Reverse Pharmacy Distribution - 2026</t>
   </si>
   <si>
     <t>Injectable Prefilled Syringes - 2025</t>
   </si>
   <si>
     <t>Pharmacy - 503B Sterile Compounding - 2025</t>
   </si>
   <si>
     <t>Temperature Monitoring Probes - 2026</t>
   </si>
   <si>
     <t>Prefilled Syringes - Sodium Chloride | Sterile Water | 10% Calcium Chloride - 2025</t>
   </si>
   <si>
-    <t>Electrophysiology Products - 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Housekeeping Chemicals - Environmental Services Chemicals and Supplies - 2026</t>
   </si>
   <si>
     <t>Housekeeping Chemicals - Hydrogen Peroxide Surface Disinfecting Wipes - 2026</t>
   </si>
   <si>
     <t>IT Value Added Resellers (VAR) - 2025</t>
   </si>
   <si>
     <t>Personal Protective Equipment - 2026</t>
   </si>
   <si>
     <t>DSCSA Software - 2025</t>
   </si>
   <si>
     <t>Infliximab - 2025</t>
   </si>
   <si>
     <t>IV Insulin - Ready-to-Use (RTU) - 2025</t>
   </si>
   <si>
     <t>Flowmeters &amp; Regulators - 2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sterilization and Disinfecting Solutions - 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-10409]&quot;$&quot;#,##0;\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="165" formatCode="[$-10409]m/d/yyyy"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
@@ -1147,3598 +1090,3333 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I189"/>
+  <dimension ref="B1:I171"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A35" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="0.140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="8" width="13.7109375" customWidth="1"/>
+    <col min="1" max="1" width="0.1328125" customWidth="1"/>
+    <col min="2" max="2" width="20.59765625" customWidth="1"/>
+    <col min="3" max="3" width="34.265625" customWidth="1"/>
+    <col min="4" max="8" width="13.73046875" customWidth="1"/>
     <col min="9" max="9" width="255" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
     </row>
-    <row r="2" spans="1:9" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:9" ht="23.95" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
     </row>
-    <row r="3" spans="1:9" ht="0.95" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="4" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:9" ht="1.05" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="4" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
     </row>
-    <row r="5" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="8" t="s">
+    <row r="5" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B5" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
-    <row r="6" spans="1:9" ht="6.4" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="7" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:9" ht="6.5" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="7" spans="2:9" ht="39.4" x14ac:dyDescent="0.45">
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:9" x14ac:dyDescent="0.45">
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+        <v>18085680</v>
+      </c>
+    </row>
+    <row r="9" spans="2:9" x14ac:dyDescent="0.45">
       <c r="B9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="4">
+        <v>46419.083333333299</v>
+      </c>
       <c r="E9" s="2"/>
-      <c r="F9" s="2"/>
+      <c r="F9" s="4">
+        <v>46350</v>
+      </c>
       <c r="G9" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+        <v>33503416.469999999</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="4">
+        <v>46965</v>
+      </c>
       <c r="E10" s="2"/>
-      <c r="F10" s="2"/>
+      <c r="F10" s="4">
+        <v>46350</v>
+      </c>
       <c r="G10" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+        <v>62835067.600000001</v>
+      </c>
+    </row>
+    <row r="11" spans="2:9" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="4">
+        <v>46477.083333333299</v>
+      </c>
       <c r="E11" s="2"/>
-      <c r="F11" s="2"/>
+      <c r="F11" s="4">
+        <v>46350</v>
+      </c>
       <c r="G11" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+        <v>24538698.390000001</v>
+      </c>
+    </row>
+    <row r="12" spans="2:9" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="4">
+        <v>46388.083333333299</v>
+      </c>
       <c r="E12" s="2"/>
-      <c r="F12" s="2"/>
+      <c r="F12" s="4">
+        <v>46322</v>
+      </c>
       <c r="G12" s="3">
-        <v>18262470</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+        <v>19012014.329999998</v>
+      </c>
+    </row>
+    <row r="13" spans="2:9" x14ac:dyDescent="0.45">
       <c r="B13" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="4">
-        <v>46568</v>
+        <v>46418</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="4">
-        <v>46490</v>
+        <v>46322</v>
       </c>
       <c r="G13" s="3">
-        <v>6626753.7966639996</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+        <v>1456438.19</v>
+      </c>
+    </row>
+    <row r="14" spans="2:9" x14ac:dyDescent="0.45">
       <c r="B14" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D14" s="4">
-        <v>46568</v>
+        <v>46356</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="4">
-        <v>46490</v>
+        <v>46294</v>
       </c>
       <c r="G14" s="3">
-        <v>29295902.116664</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+        <v>93821772.950000003</v>
+      </c>
+    </row>
+    <row r="15" spans="2:9" x14ac:dyDescent="0.45">
       <c r="B15" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D15" s="4">
-        <v>46568</v>
+        <v>46387</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="4">
-        <v>46490</v>
+        <v>46294</v>
       </c>
       <c r="G15" s="3">
-        <v>11265958.866664</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
+        <v>27959040.16</v>
+      </c>
+    </row>
+    <row r="16" spans="2:9" x14ac:dyDescent="0.45">
       <c r="B16" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D16" s="4">
-        <v>46568</v>
+        <v>46387</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="4">
-        <v>46490</v>
+        <v>46294</v>
       </c>
       <c r="G16" s="3">
-        <v>56477153.239996001</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>143981648.31999999</v>
+      </c>
+    </row>
+    <row r="17" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B17" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D17" s="4">
-        <v>46568</v>
+        <v>46327.041666666701</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="4">
-        <v>46490</v>
+        <v>46294</v>
       </c>
       <c r="G17" s="3">
-        <v>28089445.07</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:7" x14ac:dyDescent="0.25">
+        <v>10121513.59</v>
+      </c>
+    </row>
+    <row r="18" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B18" s="2" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D18" s="4">
-        <v>46568</v>
+        <v>46326</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="4">
-        <v>46490</v>
+        <v>46245</v>
       </c>
       <c r="G18" s="3">
-        <v>3237538.7066640002</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:7" x14ac:dyDescent="0.25">
+        <v>3390452297</v>
+      </c>
+    </row>
+    <row r="19" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B19" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D19" s="4">
-        <v>46552</v>
+        <v>46295</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="4">
-        <v>46490</v>
+        <v>46217</v>
       </c>
       <c r="G19" s="3">
-        <v>67275382.026659995</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:7" x14ac:dyDescent="0.25">
+        <v>5195210</v>
+      </c>
+    </row>
+    <row r="20" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D20" s="4">
-        <v>46538</v>
+        <v>46295</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="4">
-        <v>46455</v>
+        <v>46168</v>
       </c>
       <c r="G20" s="3">
-        <v>6819722.593328</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>463874.72</v>
+      </c>
+    </row>
+    <row r="21" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B21" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="4">
-        <v>46455</v>
+        <v>46126</v>
       </c>
       <c r="G21" s="3">
-        <v>2485547.1933320002</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D22" s="4">
-        <v>46538</v>
+        <v>46173</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="4">
-        <v>46455</v>
+        <v>46091</v>
       </c>
       <c r="G22" s="3">
-        <v>6845873.8499999996</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:7" x14ac:dyDescent="0.25">
+        <v>7264071.5700000003</v>
+      </c>
+    </row>
+    <row r="23" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B23" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D23" s="2"/>
+      <c r="E23" s="4">
+        <v>46309</v>
+      </c>
+      <c r="F23" s="4">
+        <v>46091</v>
+      </c>
+      <c r="G23" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B24" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" s="4">
+        <v>46630</v>
+      </c>
+      <c r="E24" s="4">
+        <v>46000</v>
+      </c>
+      <c r="F24" s="4">
+        <v>46546</v>
+      </c>
+      <c r="G24" s="3">
+        <v>2006771.99</v>
+      </c>
+    </row>
+    <row r="25" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B25" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="D23" s="4">
-[...14 lines deleted...]
-      <c r="C24" s="2" t="s">
+      <c r="D25" s="4">
+        <v>46630</v>
+      </c>
+      <c r="E25" s="4">
+        <v>46000</v>
+      </c>
+      <c r="F25" s="4">
+        <v>46546</v>
+      </c>
+      <c r="G25" s="3">
+        <v>12331075.066663999</v>
+      </c>
+    </row>
+    <row r="26" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B26" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D24" s="4">
-[...14 lines deleted...]
-      <c r="C25" s="2" t="s">
+      <c r="D26" s="4">
+        <v>46630</v>
+      </c>
+      <c r="E26" s="4">
+        <v>46000</v>
+      </c>
+      <c r="F26" s="4">
+        <v>46546</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1153576.82</v>
+      </c>
+    </row>
+    <row r="27" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B27" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D25" s="4">
-[...14 lines deleted...]
-      <c r="C26" s="2" t="s">
+      <c r="C27" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D26" s="4">
-[...14 lines deleted...]
-      <c r="C27" s="2" t="s">
+      <c r="D27" s="4">
+        <v>46599</v>
+      </c>
+      <c r="E27" s="4">
+        <v>46000</v>
+      </c>
+      <c r="F27" s="4">
+        <v>46518</v>
+      </c>
+      <c r="G27" s="3">
+        <v>26268187.936664</v>
+      </c>
+    </row>
+    <row r="28" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B28" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D27" s="4">
-[...14 lines deleted...]
-      <c r="C28" s="2" t="s">
+      <c r="D28" s="4">
+        <v>46599</v>
+      </c>
+      <c r="E28" s="4">
+        <v>46000</v>
+      </c>
+      <c r="F28" s="4">
+        <v>46518</v>
+      </c>
+      <c r="G28" s="3">
+        <v>6994683.1966639999</v>
+      </c>
+    </row>
+    <row r="29" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B29" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D28" s="4">
-[...14 lines deleted...]
-      <c r="C29" s="2" t="s">
+      <c r="D29" s="4">
+        <v>46599</v>
+      </c>
+      <c r="E29" s="4">
+        <v>46000</v>
+      </c>
+      <c r="F29" s="4">
+        <v>46518</v>
+      </c>
+      <c r="G29" s="3">
+        <v>2883479.7666640002</v>
+      </c>
+    </row>
+    <row r="30" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B30" s="2" t="s">
         <v>34</v>
-      </c>
-[...13 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D30" s="4">
-        <v>46507</v>
-[...1 lines deleted...]
-      <c r="E30" s="2"/>
+        <v>46568</v>
+      </c>
+      <c r="E30" s="4">
+        <v>46000</v>
+      </c>
       <c r="F30" s="4">
-        <v>46427</v>
+        <v>46490</v>
       </c>
       <c r="G30" s="3">
-        <v>14574831.973328</v>
-[...2 lines deleted...]
-    <row r="31" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>6867766.816664</v>
+      </c>
+    </row>
+    <row r="31" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B31" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="4">
-        <v>46507</v>
-[...1 lines deleted...]
-      <c r="E31" s="2"/>
+        <v>46568</v>
+      </c>
+      <c r="E31" s="4">
+        <v>46000</v>
+      </c>
       <c r="F31" s="4">
-        <v>46427</v>
+        <v>46490</v>
       </c>
       <c r="G31" s="3">
-        <v>3750177.5166640002</v>
-[...2 lines deleted...]
-    <row r="32" spans="2:7" x14ac:dyDescent="0.25">
+        <v>30324477.576664001</v>
+      </c>
+    </row>
+    <row r="32" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B32" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D32" s="4">
-        <v>46507</v>
-[...1 lines deleted...]
-      <c r="E32" s="2"/>
+        <v>46568</v>
+      </c>
+      <c r="E32" s="4">
+        <v>46000</v>
+      </c>
       <c r="F32" s="4">
-        <v>46427</v>
+        <v>46490</v>
       </c>
       <c r="G32" s="3">
-        <v>7758431.329996</v>
-[...2 lines deleted...]
-    <row r="33" spans="2:7" x14ac:dyDescent="0.25">
+        <v>11446905.986664001</v>
+      </c>
+    </row>
+    <row r="33" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B33" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="4">
-        <v>46507</v>
-[...1 lines deleted...]
-      <c r="E33" s="2"/>
+        <v>46568</v>
+      </c>
+      <c r="E33" s="4">
+        <v>46000</v>
+      </c>
       <c r="F33" s="4">
-        <v>46427</v>
+        <v>46490</v>
       </c>
       <c r="G33" s="3">
-        <v>14562965.960000001</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:7" x14ac:dyDescent="0.25">
+        <v>62685537.57</v>
+      </c>
+    </row>
+    <row r="34" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B34" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D34" s="4">
-        <v>46507</v>
-[...1 lines deleted...]
-      <c r="E34" s="2"/>
+        <v>46568</v>
+      </c>
+      <c r="E34" s="4">
+        <v>46000</v>
+      </c>
       <c r="F34" s="4">
-        <v>46427</v>
+        <v>46490</v>
       </c>
       <c r="G34" s="3">
-        <v>9913765.8933320008</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:7" x14ac:dyDescent="0.25">
+        <v>30685783.969999999</v>
+      </c>
+    </row>
+    <row r="35" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B35" s="2" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D35" s="4">
-        <v>46507</v>
-[...1 lines deleted...]
-      <c r="E35" s="2"/>
+        <v>46568</v>
+      </c>
+      <c r="E35" s="4">
+        <v>46000</v>
+      </c>
       <c r="F35" s="4">
-        <v>46427</v>
+        <v>46490</v>
       </c>
       <c r="G35" s="3">
-        <v>10895015.779996</v>
-[...2 lines deleted...]
-    <row r="36" spans="2:7" x14ac:dyDescent="0.25">
+        <v>3224636.5633319998</v>
+      </c>
+    </row>
+    <row r="36" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B36" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D36" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E36" s="2"/>
+        <v>46552</v>
+      </c>
+      <c r="E36" s="4">
+        <v>46000</v>
+      </c>
       <c r="F36" s="4">
-        <v>46399</v>
+        <v>46490</v>
       </c>
       <c r="G36" s="3">
-        <v>12846171.716663999</v>
-[...2 lines deleted...]
-    <row r="37" spans="2:7" x14ac:dyDescent="0.25">
+        <v>68366170.150000006</v>
+      </c>
+    </row>
+    <row r="37" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B37" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D37" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E37" s="2"/>
+        <v>46387</v>
+      </c>
+      <c r="E37" s="4">
+        <v>46000</v>
+      </c>
       <c r="F37" s="4">
-        <v>46399</v>
+        <v>46308</v>
       </c>
       <c r="G37" s="3">
-        <v>19313906.549996</v>
-[...2 lines deleted...]
-    <row r="38" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>39450261</v>
+      </c>
+    </row>
+    <row r="38" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B38" s="2" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D38" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E38" s="2"/>
+        <v>46142</v>
+      </c>
+      <c r="E38" s="4">
+        <v>46000</v>
+      </c>
       <c r="F38" s="4">
-        <v>46399</v>
+        <v>46126</v>
       </c>
       <c r="G38" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="2:7" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B39" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D39" s="4">
-[...2 lines deleted...]
-      <c r="E39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="4">
+        <v>45992</v>
+      </c>
       <c r="F39" s="4">
-        <v>46399</v>
+        <v>46077</v>
       </c>
       <c r="G39" s="3">
-        <v>7824922.499996</v>
-[...2 lines deleted...]
-    <row r="40" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B40" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D40" s="4">
-[...2 lines deleted...]
-      <c r="E40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="4">
+        <v>45992</v>
+      </c>
       <c r="F40" s="4">
-        <v>46399</v>
+        <v>46049</v>
       </c>
       <c r="G40" s="3">
-        <v>25934571.479995999</v>
-[...2 lines deleted...]
-    <row r="41" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B41" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D41" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E41" s="2"/>
+        <v>46538</v>
+      </c>
+      <c r="E41" s="4">
+        <v>45944</v>
+      </c>
       <c r="F41" s="4">
-        <v>46399</v>
+        <v>46455</v>
       </c>
       <c r="G41" s="3">
-        <v>3586971.256664</v>
-[...2 lines deleted...]
-    <row r="42" spans="2:7" x14ac:dyDescent="0.25">
+        <v>7067136.2533320002</v>
+      </c>
+    </row>
+    <row r="42" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B42" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D42" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E42" s="2"/>
+        <v>46538</v>
+      </c>
+      <c r="E42" s="4">
+        <v>45944</v>
+      </c>
       <c r="F42" s="4">
-        <v>46399</v>
+        <v>46455</v>
       </c>
       <c r="G42" s="3">
-        <v>32728362.433332</v>
-[...2 lines deleted...]
-    <row r="43" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>7076012.0800000001</v>
+      </c>
+    </row>
+    <row r="43" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B43" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D43" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E43" s="2"/>
+        <v>46538</v>
+      </c>
+      <c r="E43" s="4">
+        <v>45944</v>
+      </c>
       <c r="F43" s="4">
-        <v>46399</v>
+        <v>46455</v>
       </c>
       <c r="G43" s="3">
-        <v>116274325.916664</v>
-[...2 lines deleted...]
-    <row r="44" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>2445042.11</v>
+      </c>
+    </row>
+    <row r="44" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B44" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D44" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E44" s="2"/>
+        <v>46538</v>
+      </c>
+      <c r="E44" s="4">
+        <v>45944</v>
+      </c>
       <c r="F44" s="4">
-        <v>46399</v>
+        <v>46455</v>
       </c>
       <c r="G44" s="3">
-        <v>22529414.736664001</v>
-[...2 lines deleted...]
-    <row r="45" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>3586418.1</v>
+      </c>
+    </row>
+    <row r="45" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B45" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D45" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E45" s="2"/>
+        <v>46538</v>
+      </c>
+      <c r="E45" s="4">
+        <v>45944</v>
+      </c>
       <c r="F45" s="4">
-        <v>46399</v>
+        <v>46455</v>
       </c>
       <c r="G45" s="3">
-        <v>9173191.5366639998</v>
-[...2 lines deleted...]
-    <row r="46" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>18000052.273332</v>
+      </c>
+    </row>
+    <row r="46" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B46" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D46" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E46" s="2"/>
+        <v>46507</v>
+      </c>
+      <c r="E46" s="4">
+        <v>45944</v>
+      </c>
       <c r="F46" s="4">
-        <v>46399</v>
+        <v>46427</v>
       </c>
       <c r="G46" s="3">
-        <v>29600340.903328001</v>
-[...2 lines deleted...]
-    <row r="47" spans="2:7" x14ac:dyDescent="0.25">
+        <v>18036817.859999999</v>
+      </c>
+    </row>
+    <row r="47" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B47" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D47" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E47" s="2"/>
+        <v>46507</v>
+      </c>
+      <c r="E47" s="4">
+        <v>45944</v>
+      </c>
       <c r="F47" s="4">
-        <v>46399</v>
+        <v>46427</v>
       </c>
       <c r="G47" s="3">
-        <v>6306896.2566640005</v>
-[...2 lines deleted...]
-    <row r="48" spans="2:7" x14ac:dyDescent="0.25">
+        <v>49969552.909999996</v>
+      </c>
+    </row>
+    <row r="48" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B48" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D48" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E48" s="2"/>
+        <v>46507</v>
+      </c>
+      <c r="E48" s="4">
+        <v>45944</v>
+      </c>
       <c r="F48" s="4">
-        <v>46399</v>
+        <v>46427</v>
       </c>
       <c r="G48" s="3">
-        <v>21097178.103332002</v>
-[...2 lines deleted...]
-    <row r="49" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>44664318.623332001</v>
+      </c>
+    </row>
+    <row r="49" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B49" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D49" s="4">
-        <v>46477</v>
-[...1 lines deleted...]
-      <c r="E49" s="2"/>
+        <v>46507</v>
+      </c>
+      <c r="E49" s="4">
+        <v>45944</v>
+      </c>
       <c r="F49" s="4">
-        <v>46399</v>
+        <v>46427</v>
       </c>
       <c r="G49" s="3">
-        <v>85549006.699995995</v>
-[...2 lines deleted...]
-    <row r="50" spans="2:7" x14ac:dyDescent="0.25">
+        <v>6395201.3600000003</v>
+      </c>
+    </row>
+    <row r="50" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B50" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D50" s="4">
+        <v>46507</v>
+      </c>
+      <c r="E50" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F50" s="4">
+        <v>46427</v>
+      </c>
+      <c r="G50" s="3">
+        <v>4665815.3600000003</v>
+      </c>
+    </row>
+    <row r="51" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B51" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D51" s="4">
+        <v>46507</v>
+      </c>
+      <c r="E51" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F51" s="4">
+        <v>46427</v>
+      </c>
+      <c r="G51" s="3">
+        <v>14855739.623331999</v>
+      </c>
+    </row>
+    <row r="52" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B52" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D52" s="4">
+        <v>46507</v>
+      </c>
+      <c r="E52" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F52" s="4">
+        <v>46427</v>
+      </c>
+      <c r="G52" s="3">
+        <v>8412363.2200000007</v>
+      </c>
+    </row>
+    <row r="53" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B53" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D53" s="4">
+        <v>46507</v>
+      </c>
+      <c r="E53" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F53" s="4">
+        <v>46427</v>
+      </c>
+      <c r="G53" s="3">
+        <v>4012712.79</v>
+      </c>
+    </row>
+    <row r="54" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B54" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D54" s="4">
+        <v>46507</v>
+      </c>
+      <c r="E54" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F54" s="4">
+        <v>46427</v>
+      </c>
+      <c r="G54" s="3">
+        <v>15514171.803331999</v>
+      </c>
+    </row>
+    <row r="55" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B55" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D55" s="4">
+        <v>46507</v>
+      </c>
+      <c r="E55" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F55" s="4">
+        <v>46427</v>
+      </c>
+      <c r="G55" s="3">
+        <v>10298369.126664</v>
+      </c>
+    </row>
+    <row r="56" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B56" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D56" s="4">
+        <v>46507</v>
+      </c>
+      <c r="E56" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F56" s="4">
+        <v>46427</v>
+      </c>
+      <c r="G56" s="3">
+        <v>11328638.123331999</v>
+      </c>
+    </row>
+    <row r="57" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B57" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D57" s="4">
         <v>46477</v>
       </c>
-      <c r="E50" s="2"/>
-      <c r="F50" s="4">
+      <c r="E57" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F57" s="4">
         <v>46399</v>
       </c>
-      <c r="G50" s="3">
-[...35 lines deleted...]
-      <c r="G52" s="3">
+      <c r="G57" s="3">
+        <v>12622871.460000001</v>
+      </c>
+    </row>
+    <row r="58" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B58" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D58" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E58" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F58" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G58" s="3">
+        <v>20228865.806664001</v>
+      </c>
+    </row>
+    <row r="59" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B59" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D59" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E59" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F59" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G59" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="2:7" x14ac:dyDescent="0.25">
-[...93 lines deleted...]
-      <c r="C58" s="2" t="s">
+    <row r="60" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B60" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D58" s="4">
-[...32 lines deleted...]
-      <c r="C60" s="2" t="s">
+      <c r="D60" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E60" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F60" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G60" s="3">
+        <v>7893294.4166639997</v>
+      </c>
+    </row>
+    <row r="61" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B61" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C61" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D60" s="4">
-[...14 lines deleted...]
-      <c r="C61" s="2" t="s">
+      <c r="D61" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E61" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F61" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G61" s="3">
+        <v>27011816.579999998</v>
+      </c>
+    </row>
+    <row r="62" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B62" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D61" s="4">
-[...14 lines deleted...]
-      <c r="C62" s="2" t="s">
+      <c r="D62" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E62" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F62" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G62" s="3">
+        <v>3569200.79</v>
+      </c>
+    </row>
+    <row r="63" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B63" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C63" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D62" s="4">
-[...14 lines deleted...]
-      <c r="C63" s="2" t="s">
+      <c r="D63" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E63" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F63" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G63" s="3">
+        <v>35980391.93</v>
+      </c>
+    </row>
+    <row r="64" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B64" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C64" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D63" s="4">
-[...14 lines deleted...]
-      <c r="C64" s="2" t="s">
+      <c r="D64" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E64" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F64" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G64" s="3">
+        <v>121576632.01000001</v>
+      </c>
+    </row>
+    <row r="65" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B65" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C65" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="D64" s="4">
-[...14 lines deleted...]
-      <c r="C65" s="2" t="s">
+      <c r="D65" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E65" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F65" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G65" s="3">
+        <v>23268708.91</v>
+      </c>
+    </row>
+    <row r="66" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B66" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C66" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D65" s="4">
-[...14 lines deleted...]
-      <c r="C66" s="2" t="s">
+      <c r="D66" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E66" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F66" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G66" s="3">
+        <v>9494758.9000000004</v>
+      </c>
+    </row>
+    <row r="67" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B67" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C67" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D66" s="2"/>
-[...12 lines deleted...]
-      <c r="C67" s="2" t="s">
+      <c r="D67" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E67" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F67" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G67" s="3">
+        <v>29598739.719999999</v>
+      </c>
+    </row>
+    <row r="68" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B68" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C68" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D67" s="2"/>
-[...11 lines deleted...]
-      <c r="B68" s="2" t="s">
+      <c r="D68" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E68" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F68" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G68" s="3">
+        <v>6292152.5199999996</v>
+      </c>
+    </row>
+    <row r="69" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B69" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C69" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C68" s="2" t="s">
+      <c r="D69" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E69" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F69" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G69" s="3">
+        <v>22125651.120000001</v>
+      </c>
+    </row>
+    <row r="70" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B70" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C70" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D68" s="2"/>
-[...14 lines deleted...]
-      <c r="C69" s="2" t="s">
+      <c r="D70" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E70" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F70" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G70" s="3">
+        <v>89369974.159999996</v>
+      </c>
+    </row>
+    <row r="71" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D69" s="2"/>
-[...14 lines deleted...]
-      <c r="C70" s="2" t="s">
+      <c r="D71" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E71" s="4">
+        <v>45944</v>
+      </c>
+      <c r="F71" s="4">
+        <v>46399</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1640502.29</v>
+      </c>
+    </row>
+    <row r="72" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" s="2" t="s">
         <v>77</v>
-      </c>
-[...34 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="4">
-        <v>45853</v>
+        <v>45944</v>
       </c>
       <c r="F72" s="4">
-        <v>46217</v>
+        <v>46063</v>
       </c>
       <c r="G72" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="2:7" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B73" s="2" t="s">
-        <v>74</v>
+        <v>23</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="4">
-        <v>45853</v>
+        <v>45944</v>
       </c>
       <c r="F73" s="4">
-        <v>46217</v>
+        <v>46063</v>
       </c>
       <c r="G73" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="2:7" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B74" s="2" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="C74" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D74" s="2"/>
+      <c r="E74" s="4">
+        <v>45867</v>
+      </c>
+      <c r="F74" s="4">
+        <v>45958</v>
+      </c>
+      <c r="G74" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B75" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C75" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D74" s="4">
+      <c r="D75" s="2"/>
+      <c r="E75" s="4">
+        <v>45853</v>
+      </c>
+      <c r="F75" s="4">
+        <v>46217</v>
+      </c>
+      <c r="G75" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B76" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D76" s="2"/>
+      <c r="E76" s="4">
+        <v>45853</v>
+      </c>
+      <c r="F76" s="4">
+        <v>46217</v>
+      </c>
+      <c r="G76" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B77" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D77" s="2"/>
+      <c r="E77" s="4">
+        <v>45853</v>
+      </c>
+      <c r="F77" s="4">
+        <v>46217</v>
+      </c>
+      <c r="G77" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B78" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D78" s="2"/>
+      <c r="E78" s="4">
+        <v>45853</v>
+      </c>
+      <c r="F78" s="4">
+        <v>46217</v>
+      </c>
+      <c r="G78" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B79" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D79" s="2"/>
+      <c r="E79" s="4">
+        <v>45853</v>
+      </c>
+      <c r="F79" s="4">
+        <v>46217</v>
+      </c>
+      <c r="G79" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B80" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D80" s="2"/>
+      <c r="E80" s="4">
+        <v>45853</v>
+      </c>
+      <c r="F80" s="4">
+        <v>46217</v>
+      </c>
+      <c r="G80" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B81" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D81" s="4">
         <v>46446</v>
-      </c>
-[...138 lines deleted...]
-        <v>46387</v>
       </c>
       <c r="E81" s="4">
         <v>45846</v>
       </c>
       <c r="F81" s="4">
-        <v>46308</v>
+        <v>46364</v>
       </c>
       <c r="G81" s="3">
-        <v>2329896.4199959999</v>
-[...2 lines deleted...]
-    <row r="82" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>5873617.0499999998</v>
+      </c>
+    </row>
+    <row r="82" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B82" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D82" s="4">
-        <v>46387</v>
+        <v>46446</v>
       </c>
       <c r="E82" s="4">
         <v>45846</v>
       </c>
       <c r="F82" s="4">
+        <v>46364</v>
+      </c>
+      <c r="G82" s="3">
+        <v>18408705.690000001</v>
+      </c>
+    </row>
+    <row r="83" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B83" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D83" s="4">
+        <v>46446</v>
+      </c>
+      <c r="E83" s="4">
+        <v>45846</v>
+      </c>
+      <c r="F83" s="4">
+        <v>46364</v>
+      </c>
+      <c r="G83" s="3">
+        <v>7269038.4966639997</v>
+      </c>
+    </row>
+    <row r="84" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B84" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D84" s="4">
+        <v>46418</v>
+      </c>
+      <c r="E84" s="4">
+        <v>45846</v>
+      </c>
+      <c r="F84" s="4">
+        <v>46336</v>
+      </c>
+      <c r="G84" s="3">
+        <v>5378023.4633320002</v>
+      </c>
+    </row>
+    <row r="85" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B85" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D85" s="4">
+        <v>46418</v>
+      </c>
+      <c r="E85" s="4">
+        <v>45846</v>
+      </c>
+      <c r="F85" s="4">
+        <v>46336</v>
+      </c>
+      <c r="G85" s="3">
+        <v>3887061.29</v>
+      </c>
+    </row>
+    <row r="86" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B86" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D86" s="4">
+        <v>46387</v>
+      </c>
+      <c r="E86" s="4">
+        <v>45846</v>
+      </c>
+      <c r="F86" s="4">
         <v>46308</v>
       </c>
-      <c r="G82" s="3">
-[...11 lines deleted...]
-      <c r="E83" s="4">
+      <c r="G86" s="3">
+        <v>78271547.2333</v>
+      </c>
+    </row>
+    <row r="87" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D87" s="4">
+        <v>46387</v>
+      </c>
+      <c r="E87" s="4">
+        <v>45846</v>
+      </c>
+      <c r="F87" s="4">
+        <v>46308</v>
+      </c>
+      <c r="G87" s="3">
+        <v>5001671.37</v>
+      </c>
+    </row>
+    <row r="88" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B88" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D88" s="4">
+        <v>46387</v>
+      </c>
+      <c r="E88" s="4">
+        <v>45846</v>
+      </c>
+      <c r="F88" s="4">
+        <v>46308</v>
+      </c>
+      <c r="G88" s="3">
+        <v>2363243.0166640002</v>
+      </c>
+    </row>
+    <row r="89" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B89" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D89" s="4">
+        <v>46387</v>
+      </c>
+      <c r="E89" s="4">
+        <v>45846</v>
+      </c>
+      <c r="F89" s="4">
+        <v>46308</v>
+      </c>
+      <c r="G89" s="3">
+        <v>19999380.48</v>
+      </c>
+    </row>
+    <row r="90" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B90" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D90" s="2"/>
+      <c r="E90" s="4">
         <v>45756</v>
       </c>
-      <c r="F83" s="4">
+      <c r="F90" s="4">
+        <v>46336</v>
+      </c>
+      <c r="G90" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B91" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D91" s="2"/>
+      <c r="E91" s="4">
+        <v>45756</v>
+      </c>
+      <c r="F91" s="4">
         <v>46217</v>
       </c>
-      <c r="G83" s="3">
+      <c r="G91" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="2:7" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="E84" s="4">
+    <row r="92" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B92" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D92" s="2"/>
+      <c r="E92" s="4">
         <v>45756</v>
       </c>
-      <c r="F84" s="4">
-[...2 lines deleted...]
-      <c r="G84" s="3">
+      <c r="F92" s="4">
+        <v>46210</v>
+      </c>
+      <c r="G92" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="2:7" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="E85" s="4">
+    <row r="93" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B93" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D93" s="2"/>
+      <c r="E93" s="4">
         <v>45756</v>
       </c>
-      <c r="F85" s="4">
-[...14 lines deleted...]
-      <c r="E86" s="4">
+      <c r="F93" s="4">
+        <v>46049</v>
+      </c>
+      <c r="G93" s="3">
+        <v>23964111</v>
+      </c>
+    </row>
+    <row r="94" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B94" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D94" s="2"/>
+      <c r="E94" s="4">
         <v>45756</v>
       </c>
-      <c r="F86" s="4">
-[...49 lines deleted...]
-      <c r="D89" s="4">
+      <c r="F94" s="4">
+        <v>46049</v>
+      </c>
+      <c r="G94" s="3">
+        <v>32146803</v>
+      </c>
+    </row>
+    <row r="95" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B95" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D95" s="4">
         <v>46356</v>
-      </c>
-[...118 lines deleted...]
-        <v>46326</v>
       </c>
       <c r="E95" s="4">
         <v>45755</v>
       </c>
       <c r="F95" s="4">
-        <v>46245</v>
+        <v>46273</v>
       </c>
       <c r="G95" s="3">
-        <v>2380899.3933319999</v>
-[...2 lines deleted...]
-    <row r="96" spans="2:7" x14ac:dyDescent="0.25">
+        <v>3230321.65</v>
+      </c>
+    </row>
+    <row r="96" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B96" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D96" s="4">
-        <v>46295</v>
+        <v>46356</v>
       </c>
       <c r="E96" s="4">
         <v>45755</v>
       </c>
       <c r="F96" s="4">
-        <v>46217</v>
+        <v>46273</v>
       </c>
       <c r="G96" s="3">
-        <v>1607272.68</v>
-[...2 lines deleted...]
-    <row r="97" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>13477713.85</v>
+      </c>
+    </row>
+    <row r="97" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B97" s="2" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D97" s="4">
-        <v>46295</v>
+        <v>46356</v>
       </c>
       <c r="E97" s="4">
         <v>45755</v>
       </c>
       <c r="F97" s="4">
-        <v>46217</v>
+        <v>46273</v>
       </c>
       <c r="G97" s="3">
-        <v>6420651.6699959999</v>
-[...2 lines deleted...]
-    <row r="98" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>3003165.296664</v>
+      </c>
+    </row>
+    <row r="98" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B98" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D98" s="4">
-        <v>46309</v>
+        <v>46356</v>
       </c>
       <c r="E98" s="4">
         <v>45755</v>
       </c>
       <c r="F98" s="4">
-        <v>46217</v>
+        <v>46273</v>
       </c>
       <c r="G98" s="3">
-        <v>35090469.523332</v>
-[...2 lines deleted...]
-    <row r="99" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>9925268.6166639999</v>
+      </c>
+    </row>
+    <row r="99" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B99" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D99" s="4">
-        <v>46309</v>
+        <v>46326</v>
       </c>
       <c r="E99" s="4">
         <v>45755</v>
       </c>
       <c r="F99" s="4">
-        <v>46217</v>
+        <v>46245</v>
       </c>
       <c r="G99" s="3">
-        <v>49719428.983332001</v>
-[...2 lines deleted...]
-    <row r="100" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>19661695.789999999</v>
+      </c>
+    </row>
+    <row r="100" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B100" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D100" s="4">
-        <v>46309</v>
+        <v>46326</v>
       </c>
       <c r="E100" s="4">
         <v>45755</v>
       </c>
       <c r="F100" s="4">
-        <v>46217</v>
+        <v>46245</v>
       </c>
       <c r="G100" s="3">
-        <v>75991280.606664002</v>
-[...2 lines deleted...]
-    <row r="101" spans="2:7" x14ac:dyDescent="0.25">
+        <v>2964647.8666639999</v>
+      </c>
+    </row>
+    <row r="101" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B101" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D101" s="4">
         <v>46326</v>
       </c>
       <c r="E101" s="4">
         <v>45755</v>
       </c>
       <c r="F101" s="4">
-        <v>46217</v>
+        <v>46245</v>
       </c>
       <c r="G101" s="3">
-        <v>3976170.9433280001</v>
-[...2 lines deleted...]
-    <row r="102" spans="2:7" x14ac:dyDescent="0.25">
+        <v>2326013.89</v>
+      </c>
+    </row>
+    <row r="102" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B102" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D102" s="4">
         <v>46295</v>
       </c>
       <c r="E102" s="4">
         <v>45755</v>
       </c>
       <c r="F102" s="4">
         <v>46217</v>
       </c>
       <c r="G102" s="3">
-        <v>6874103.3499959996</v>
-[...2 lines deleted...]
-    <row r="103" spans="2:7" x14ac:dyDescent="0.25">
+        <v>1682963.1033320001</v>
+      </c>
+    </row>
+    <row r="103" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B103" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D103" s="4">
         <v>46295</v>
       </c>
       <c r="E103" s="4">
         <v>45755</v>
       </c>
       <c r="F103" s="4">
-        <v>46182</v>
+        <v>46217</v>
       </c>
       <c r="G103" s="3">
-        <v>18046850.850000001</v>
-[...2 lines deleted...]
-    <row r="104" spans="2:7" x14ac:dyDescent="0.25">
+        <v>6676009.9800000004</v>
+      </c>
+    </row>
+    <row r="104" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B104" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D104" s="4">
-        <v>46265</v>
+        <v>46309</v>
       </c>
       <c r="E104" s="4">
         <v>45755</v>
       </c>
       <c r="F104" s="4">
-        <v>46182</v>
+        <v>46217</v>
       </c>
       <c r="G104" s="3">
-        <v>7034403.8066640003</v>
-[...2 lines deleted...]
-    <row r="105" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>34745483.329999998</v>
+      </c>
+    </row>
+    <row r="105" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B105" s="2" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D105" s="4">
-        <v>46265</v>
+        <v>46309</v>
       </c>
       <c r="E105" s="4">
         <v>45755</v>
       </c>
       <c r="F105" s="4">
-        <v>46182</v>
+        <v>46217</v>
       </c>
       <c r="G105" s="3">
-        <v>12779409.139996</v>
-[...2 lines deleted...]
-    <row r="106" spans="2:7" x14ac:dyDescent="0.25">
+        <v>51457745.619999997</v>
+      </c>
+    </row>
+    <row r="106" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B106" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D106" s="4">
-        <v>46295</v>
+        <v>46309</v>
       </c>
       <c r="E106" s="4">
         <v>45755</v>
       </c>
       <c r="F106" s="4">
-        <v>46182</v>
+        <v>46217</v>
       </c>
       <c r="G106" s="3">
-        <v>4980213.38</v>
-[...2 lines deleted...]
-    <row r="107" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>77152384.453332007</v>
+      </c>
+    </row>
+    <row r="107" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B107" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D107" s="4">
-        <v>46265</v>
+        <v>46326</v>
       </c>
       <c r="E107" s="4">
         <v>45755</v>
       </c>
       <c r="F107" s="4">
-        <v>46154</v>
+        <v>46217</v>
       </c>
       <c r="G107" s="3">
-        <v>4895557.4633320002</v>
-[...2 lines deleted...]
-    <row r="108" spans="2:7" x14ac:dyDescent="0.25">
+        <v>4002869.5</v>
+      </c>
+    </row>
+    <row r="108" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B108" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D108" s="4">
-        <v>46234</v>
+        <v>46295</v>
       </c>
       <c r="E108" s="4">
         <v>45755</v>
       </c>
       <c r="F108" s="4">
-        <v>46154</v>
+        <v>46217</v>
       </c>
       <c r="G108" s="3">
-        <v>5275719.0599999996</v>
-[...2 lines deleted...]
-    <row r="109" spans="2:7" x14ac:dyDescent="0.25">
+        <v>7349331.0566640003</v>
+      </c>
+    </row>
+    <row r="109" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B109" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D109" s="4">
-        <v>46265</v>
+        <v>46295</v>
       </c>
       <c r="E109" s="4">
         <v>45755</v>
       </c>
       <c r="F109" s="4">
-        <v>46154</v>
+        <v>46182</v>
       </c>
       <c r="G109" s="3">
-        <v>1163393.043332</v>
-[...2 lines deleted...]
-    <row r="110" spans="2:7" x14ac:dyDescent="0.25">
+        <v>18330163.59</v>
+      </c>
+    </row>
+    <row r="110" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B110" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D110" s="4">
         <v>46265</v>
       </c>
       <c r="E110" s="4">
         <v>45755</v>
       </c>
       <c r="F110" s="4">
-        <v>46154</v>
+        <v>46182</v>
       </c>
       <c r="G110" s="3">
-        <v>4769873.0966640003</v>
-[...2 lines deleted...]
-    <row r="111" spans="2:7" x14ac:dyDescent="0.25">
+        <v>7108282.3799999999</v>
+      </c>
+    </row>
+    <row r="111" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B111" s="2" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D111" s="4">
-        <v>46173</v>
+        <v>46265</v>
       </c>
       <c r="E111" s="4">
         <v>45755</v>
       </c>
       <c r="F111" s="4">
+        <v>46182</v>
+      </c>
+      <c r="G111" s="3">
+        <v>13304694.656664001</v>
+      </c>
+    </row>
+    <row r="112" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B112" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D112" s="4">
+        <v>46295</v>
+      </c>
+      <c r="E112" s="4">
+        <v>45755</v>
+      </c>
+      <c r="F112" s="4">
+        <v>46182</v>
+      </c>
+      <c r="G112" s="3">
+        <v>5097965.1933319997</v>
+      </c>
+    </row>
+    <row r="113" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B113" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D113" s="4">
+        <v>46265</v>
+      </c>
+      <c r="E113" s="4">
+        <v>45755</v>
+      </c>
+      <c r="F113" s="4">
+        <v>46154</v>
+      </c>
+      <c r="G113" s="3">
+        <v>4995314.04</v>
+      </c>
+    </row>
+    <row r="114" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B114" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D114" s="4">
+        <v>46234</v>
+      </c>
+      <c r="E114" s="4">
+        <v>45755</v>
+      </c>
+      <c r="F114" s="4">
+        <v>46154</v>
+      </c>
+      <c r="G114" s="3">
+        <v>5491775.6866640002</v>
+      </c>
+    </row>
+    <row r="115" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B115" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D115" s="4">
+        <v>46265</v>
+      </c>
+      <c r="E115" s="4">
+        <v>45755</v>
+      </c>
+      <c r="F115" s="4">
+        <v>46154</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1216658.3466640001</v>
+      </c>
+    </row>
+    <row r="116" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B116" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D116" s="4">
+        <v>46265</v>
+      </c>
+      <c r="E116" s="4">
+        <v>45755</v>
+      </c>
+      <c r="F116" s="4">
+        <v>46154</v>
+      </c>
+      <c r="G116" s="3">
+        <v>5049441.8499999996</v>
+      </c>
+    </row>
+    <row r="117" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B117" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D117" s="4">
+        <v>46173</v>
+      </c>
+      <c r="E117" s="4">
+        <v>45755</v>
+      </c>
+      <c r="F117" s="4">
         <v>46091</v>
       </c>
-      <c r="G111" s="3">
-[...17 lines deleted...]
-      <c r="G112" s="3">
+      <c r="G117" s="3">
+        <v>128587491</v>
+      </c>
+    </row>
+    <row r="118" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B118" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D118" s="2"/>
+      <c r="E118" s="4">
+        <v>45699</v>
+      </c>
+      <c r="F118" s="4">
+        <v>46245</v>
+      </c>
+      <c r="G118" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="113" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
-[...117 lines deleted...]
-    <row r="119" spans="2:7" x14ac:dyDescent="0.25">
+    <row r="119" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B119" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D119" s="4">
-        <v>46142</v>
+        <v>46081</v>
       </c>
       <c r="E119" s="4">
-        <v>45636</v>
+        <v>45685</v>
       </c>
       <c r="F119" s="4">
-        <v>46364</v>
+        <v>46021</v>
       </c>
       <c r="G119" s="3">
-        <v>2324937.9499960002</v>
-[...2 lines deleted...]
-    <row r="120" spans="2:7" x14ac:dyDescent="0.25">
+        <v>1802037.52</v>
+      </c>
+    </row>
+    <row r="120" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B120" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C120" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D120" s="4">
+        <v>46112</v>
+      </c>
+      <c r="E120" s="4">
+        <v>45685</v>
+      </c>
+      <c r="F120" s="4">
+        <v>45958</v>
+      </c>
+      <c r="G120" s="3">
+        <v>11363965.279999999</v>
+      </c>
+    </row>
+    <row r="121" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B121" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C121" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D120" s="4">
-[...13 lines deleted...]
-      <c r="B121" s="2" t="s">
+      <c r="D121" s="4">
+        <v>46005</v>
+      </c>
+      <c r="E121" s="4">
+        <v>45685</v>
+      </c>
+      <c r="F121" s="4">
+        <v>45958</v>
+      </c>
+      <c r="G121" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B122" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C122" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="C121" s="2" t="s">
+      <c r="D122" s="4">
+        <v>47118</v>
+      </c>
+      <c r="E122" s="4">
+        <v>45685</v>
+      </c>
+      <c r="F122" s="4">
+        <v>45958</v>
+      </c>
+      <c r="G122" s="3">
+        <v>27323611.420000002</v>
+      </c>
+    </row>
+    <row r="123" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B123" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D121" s="4">
-[...38 lines deleted...]
-      </c>
       <c r="D123" s="4">
-        <v>46203</v>
+        <v>46173</v>
       </c>
       <c r="E123" s="4">
         <v>45636</v>
       </c>
       <c r="F123" s="4">
-        <v>46126</v>
+        <v>46427</v>
       </c>
       <c r="G123" s="3">
-        <v>557542508.153332</v>
-[...2 lines deleted...]
-    <row r="124" spans="2:7" x14ac:dyDescent="0.25">
+        <v>818036.96666399995</v>
+      </c>
+    </row>
+    <row r="124" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B124" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D124" s="4">
-        <v>46203</v>
+        <v>46142</v>
       </c>
       <c r="E124" s="4">
         <v>45636</v>
       </c>
       <c r="F124" s="4">
-        <v>46126</v>
+        <v>46364</v>
       </c>
       <c r="G124" s="3">
-        <v>126898197.96999601</v>
-[...2 lines deleted...]
-    <row r="125" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>2443847.1800000002</v>
+      </c>
+    </row>
+    <row r="125" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B125" s="2" t="s">
-        <v>128</v>
+        <v>9</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D125" s="4">
-        <v>46387</v>
+        <v>46507</v>
       </c>
       <c r="E125" s="4">
         <v>45636</v>
       </c>
       <c r="F125" s="4">
-        <v>46126</v>
+        <v>46364</v>
       </c>
       <c r="G125" s="3">
-        <v>19050281.013331998</v>
-[...2 lines deleted...]
-    <row r="126" spans="2:7" x14ac:dyDescent="0.25">
+        <v>8010816.46</v>
+      </c>
+    </row>
+    <row r="126" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B126" s="2" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D126" s="4">
-        <v>46173</v>
+        <v>46387</v>
       </c>
       <c r="E126" s="4">
         <v>45636</v>
       </c>
       <c r="F126" s="4">
-        <v>46091</v>
+        <v>46308</v>
       </c>
       <c r="G126" s="3">
-        <v>44326761.299999997</v>
-[...2 lines deleted...]
-    <row r="127" spans="2:7" x14ac:dyDescent="0.25">
+        <v>49436309.376000002</v>
+      </c>
+    </row>
+    <row r="127" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B127" s="2" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D127" s="4">
-        <v>46173</v>
+        <v>46387</v>
       </c>
       <c r="E127" s="4">
         <v>45636</v>
       </c>
       <c r="F127" s="4">
-        <v>46091</v>
+        <v>46308</v>
       </c>
       <c r="G127" s="3">
-        <v>39223058.133327998</v>
-[...2 lines deleted...]
-    <row r="128" spans="2:7" x14ac:dyDescent="0.25">
+        <v>18237149.93</v>
+      </c>
+    </row>
+    <row r="128" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B128" s="2" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D128" s="4">
-        <v>46203</v>
+        <v>46387</v>
       </c>
       <c r="E128" s="4">
         <v>45636</v>
       </c>
       <c r="F128" s="4">
-        <v>46091</v>
+        <v>46308</v>
       </c>
       <c r="G128" s="3">
-        <v>63743568.076664001</v>
-[...2 lines deleted...]
-    <row r="129" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>20156828.620000001</v>
+      </c>
+    </row>
+    <row r="129" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B129" s="2" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D129" s="4">
-        <v>46203</v>
+        <v>46387</v>
       </c>
       <c r="E129" s="4">
         <v>45636</v>
       </c>
       <c r="F129" s="4">
-        <v>46091</v>
+        <v>46273</v>
       </c>
       <c r="G129" s="3">
-        <v>35554445.936664</v>
-[...2 lines deleted...]
-    <row r="130" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>65228756.32</v>
+      </c>
+    </row>
+    <row r="130" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B130" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D130" s="4">
         <v>46203</v>
       </c>
       <c r="E130" s="4">
         <v>45636</v>
       </c>
       <c r="F130" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G130" s="3">
-        <v>8870767.4633280002</v>
-[...2 lines deleted...]
-    <row r="131" spans="2:7" x14ac:dyDescent="0.25">
+        <v>568046216.08333194</v>
+      </c>
+    </row>
+    <row r="131" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B131" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D131" s="4">
         <v>46203</v>
       </c>
       <c r="E131" s="4">
         <v>45636</v>
       </c>
       <c r="F131" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G131" s="3">
-        <v>19352481.239996001</v>
-[...2 lines deleted...]
-    <row r="132" spans="2:7" x14ac:dyDescent="0.25">
+        <v>130559741.333332</v>
+      </c>
+    </row>
+    <row r="132" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B132" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D132" s="4">
-        <v>46203</v>
+        <v>46173</v>
       </c>
       <c r="E132" s="4">
         <v>45636</v>
       </c>
       <c r="F132" s="4">
         <v>46091</v>
       </c>
       <c r="G132" s="3">
-        <v>41471977.559996001</v>
-[...2 lines deleted...]
-    <row r="133" spans="2:7" x14ac:dyDescent="0.25">
+        <v>46927173.386</v>
+      </c>
+    </row>
+    <row r="133" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B133" s="2" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D133" s="4">
-        <v>46142</v>
+        <v>46173</v>
       </c>
       <c r="E133" s="4">
         <v>45636</v>
       </c>
       <c r="F133" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G133" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="134" spans="2:7" x14ac:dyDescent="0.25">
+        <v>38476198.596663997</v>
+      </c>
+    </row>
+    <row r="134" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B134" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D134" s="4">
-        <v>46142</v>
+        <v>46203</v>
       </c>
       <c r="E134" s="4">
         <v>45636</v>
       </c>
       <c r="F134" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G134" s="3">
-        <v>41329879.149999999</v>
-[...2 lines deleted...]
-    <row r="135" spans="2:7" x14ac:dyDescent="0.25">
+        <v>37121570.266663998</v>
+      </c>
+    </row>
+    <row r="135" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B135" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D135" s="4">
-        <v>46142</v>
+        <v>46203</v>
       </c>
       <c r="E135" s="4">
         <v>45636</v>
       </c>
       <c r="F135" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G135" s="3">
-        <v>154048313.46000001</v>
-[...2 lines deleted...]
-    <row r="136" spans="2:7" x14ac:dyDescent="0.25">
+        <v>9428926.3100000005</v>
+      </c>
+    </row>
+    <row r="136" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B136" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D136" s="4">
-        <v>46173</v>
+        <v>46203</v>
       </c>
       <c r="E136" s="4">
         <v>45636</v>
       </c>
       <c r="F136" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G136" s="3">
-        <v>34197365.333332002</v>
-[...2 lines deleted...]
-    <row r="137" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>19950508.32</v>
+      </c>
+    </row>
+    <row r="137" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B137" s="2" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D137" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D137" s="4">
+        <v>46203</v>
+      </c>
       <c r="E137" s="4">
         <v>45636</v>
       </c>
       <c r="F137" s="4">
+        <v>46091</v>
+      </c>
+      <c r="G137" s="3">
+        <v>43402780.240000002</v>
+      </c>
+    </row>
+    <row r="138" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B138" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D138" s="4">
+        <v>46173</v>
+      </c>
+      <c r="E138" s="4">
+        <v>45636</v>
+      </c>
+      <c r="F138" s="4">
         <v>46063</v>
       </c>
-      <c r="G137" s="3">
-[...7 lines deleted...]
-      <c r="C138" s="2" t="s">
+      <c r="G138" s="3">
+        <v>6224366.0599999996</v>
+      </c>
+    </row>
+    <row r="139" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B139" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C139" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D138" s="2"/>
-[...17 lines deleted...]
-      <c r="D139" s="2"/>
+      <c r="D139" s="4">
+        <v>46142</v>
+      </c>
       <c r="E139" s="4">
-        <v>45608</v>
+        <v>45636</v>
       </c>
       <c r="F139" s="4">
-        <v>46154</v>
+        <v>46063</v>
       </c>
       <c r="G139" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="140" spans="2:7" x14ac:dyDescent="0.25">
+    <row r="140" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B140" s="2" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="C140" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D140" s="4">
+        <v>46142</v>
+      </c>
+      <c r="E140" s="4">
+        <v>45636</v>
+      </c>
+      <c r="F140" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G140" s="3">
+        <v>42747163.133331999</v>
+      </c>
+    </row>
+    <row r="141" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B141" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C141" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D140" s="4">
-[...16 lines deleted...]
-      <c r="C141" s="2" t="s">
+      <c r="D141" s="4">
+        <v>46142</v>
+      </c>
+      <c r="E141" s="4">
+        <v>45636</v>
+      </c>
+      <c r="F141" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G141" s="3">
+        <v>159642448.37</v>
+      </c>
+    </row>
+    <row r="142" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B142" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C142" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D141" s="2"/>
-[...3 lines deleted...]
-      <c r="F141" s="4">
+      <c r="D142" s="2"/>
+      <c r="E142" s="4">
+        <v>45636</v>
+      </c>
+      <c r="F142" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G142" s="3">
+        <v>5996455</v>
+      </c>
+    </row>
+    <row r="143" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B143" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D143" s="2"/>
+      <c r="E143" s="4">
+        <v>45636</v>
+      </c>
+      <c r="F143" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G143" s="3">
+        <v>40853622</v>
+      </c>
+    </row>
+    <row r="144" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B144" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D144" s="2"/>
+      <c r="E144" s="4">
+        <v>45636</v>
+      </c>
+      <c r="F144" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G144" s="3">
+        <v>32940801</v>
+      </c>
+    </row>
+    <row r="145" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B145" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D145" s="2"/>
+      <c r="E145" s="4">
+        <v>45636</v>
+      </c>
+      <c r="F145" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G145" s="3">
+        <v>9578898</v>
+      </c>
+    </row>
+    <row r="146" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D146" s="4">
+        <v>46173</v>
+      </c>
+      <c r="E146" s="4">
+        <v>45636</v>
+      </c>
+      <c r="F146" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G146" s="3">
+        <v>34702703.840000004</v>
+      </c>
+    </row>
+    <row r="147" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D147" s="2"/>
+      <c r="E147" s="4">
+        <v>45608</v>
+      </c>
+      <c r="F147" s="4">
+        <v>46182</v>
+      </c>
+      <c r="G147" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B148" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D148" s="2"/>
+      <c r="E148" s="4">
+        <v>45608</v>
+      </c>
+      <c r="F148" s="4">
         <v>46154</v>
       </c>
-      <c r="G141" s="3">
-[...138 lines deleted...]
-      </c>
       <c r="G148" s="3">
-        <v>14906541.626664</v>
-[...2 lines deleted...]
-    <row r="149" spans="2:7" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B149" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C149" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D149" s="4">
+        <v>46203</v>
+      </c>
+      <c r="E149" s="4">
+        <v>45594</v>
+      </c>
+      <c r="F149" s="4">
+        <v>46126</v>
+      </c>
+      <c r="G149" s="3">
+        <v>1437567.01</v>
+      </c>
+    </row>
+    <row r="150" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B150" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C150" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="D149" s="4">
-[...2 lines deleted...]
-      <c r="E149" s="4">
+      <c r="D150" s="2"/>
+      <c r="E150" s="4">
+        <v>45580</v>
+      </c>
+      <c r="F150" s="4">
+        <v>46154</v>
+      </c>
+      <c r="G150" s="3">
+        <v>18713211</v>
+      </c>
+    </row>
+    <row r="151" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B151" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D151" s="4">
+        <v>46477</v>
+      </c>
+      <c r="E151" s="4">
         <v>45573</v>
       </c>
-      <c r="F149" s="4">
-[...13 lines deleted...]
-      <c r="D150" s="4">
+      <c r="F151" s="4">
+        <v>46364</v>
+      </c>
+      <c r="G151" s="3">
+        <v>4241165.4233320002</v>
+      </c>
+    </row>
+    <row r="152" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B152" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="D152" s="4">
         <v>46387</v>
       </c>
-      <c r="E150" s="4">
-[...2 lines deleted...]
-      <c r="F150" s="4">
+      <c r="E152" s="4">
+        <v>45573</v>
+      </c>
+      <c r="F152" s="4">
         <v>46273</v>
       </c>
-      <c r="G150" s="3">
-[...27 lines deleted...]
-      <c r="C152" s="2" t="s">
+      <c r="G152" s="3">
+        <v>33933415.106664002</v>
+      </c>
+    </row>
+    <row r="153" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B153" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C153" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="D152" s="4">
-[...16 lines deleted...]
-      <c r="C153" s="2" t="s">
+      <c r="D153" s="4">
+        <v>46112</v>
+      </c>
+      <c r="E153" s="4">
+        <v>45573</v>
+      </c>
+      <c r="F153" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G153" s="3">
+        <v>364176209.68000001</v>
+      </c>
+    </row>
+    <row r="154" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B154" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D153" s="4">
-[...18 lines deleted...]
-      </c>
       <c r="D154" s="4">
-        <v>45961</v>
+        <v>46387</v>
       </c>
       <c r="E154" s="4">
         <v>45482</v>
       </c>
       <c r="F154" s="4">
-        <v>45972</v>
+        <v>46273</v>
       </c>
       <c r="G154" s="3">
-        <v>71342243.009995997</v>
-[...2 lines deleted...]
-    <row r="155" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>18212795.926663999</v>
+      </c>
+    </row>
+    <row r="155" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B155" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="D155" s="2"/>
+        <v>162</v>
+      </c>
+      <c r="D155" s="4">
+        <v>46326</v>
+      </c>
       <c r="E155" s="4">
         <v>45482</v>
       </c>
       <c r="F155" s="4">
-        <v>45972</v>
+        <v>46126</v>
       </c>
       <c r="G155" s="3">
-        <v>54464774</v>
-[...2 lines deleted...]
-    <row r="156" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>10534470.036664</v>
+      </c>
+    </row>
+    <row r="156" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B156" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D156" s="2"/>
+        <v>163</v>
+      </c>
+      <c r="D156" s="4">
+        <v>46022</v>
+      </c>
       <c r="E156" s="4">
         <v>45482</v>
       </c>
       <c r="F156" s="4">
-        <v>45972</v>
+        <v>46063</v>
       </c>
       <c r="G156" s="3">
-        <v>22483280</v>
-[...2 lines deleted...]
-    <row r="157" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B157" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="C157" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D157" s="4">
+        <v>46234</v>
+      </c>
+      <c r="E157" s="4">
+        <v>45391</v>
+      </c>
+      <c r="F157" s="4">
+        <v>46490</v>
+      </c>
+      <c r="G157" s="3">
+        <v>66591864.719999999</v>
+      </c>
+    </row>
+    <row r="158" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+      <c r="B158" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C158" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="D157" s="4">
-[...16 lines deleted...]
-      <c r="C158" s="2" t="s">
+      <c r="D158" s="4">
+        <v>46294.958333333299</v>
+      </c>
+      <c r="E158" s="4">
+        <v>45286</v>
+      </c>
+      <c r="F158" s="4">
+        <v>46203</v>
+      </c>
+      <c r="G158" s="3">
+        <v>1241127.4466319999</v>
+      </c>
+    </row>
+    <row r="159" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B159" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C159" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="D158" s="4">
-[...18 lines deleted...]
-      </c>
       <c r="D159" s="4">
-        <v>45961</v>
+        <v>46203</v>
       </c>
       <c r="E159" s="4">
-        <v>45482</v>
+        <v>45286</v>
       </c>
       <c r="F159" s="4">
-        <v>45972</v>
+        <v>46140</v>
       </c>
       <c r="G159" s="3">
-        <v>15810994.063332001</v>
-[...2 lines deleted...]
-    <row r="160" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>19657943</v>
+      </c>
+    </row>
+    <row r="160" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B160" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D160" s="4">
-        <v>46081</v>
+        <v>46142</v>
       </c>
       <c r="E160" s="4">
-        <v>45482</v>
+        <v>45286</v>
       </c>
       <c r="F160" s="4">
-        <v>45972</v>
+        <v>46049</v>
       </c>
       <c r="G160" s="3">
-        <v>69068122.023332</v>
-[...2 lines deleted...]
-    <row r="161" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
       <c r="B161" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C161" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D161" s="4">
+        <v>46752</v>
+      </c>
+      <c r="E161" s="4">
+        <v>45286</v>
+      </c>
+      <c r="F161" s="4">
+        <v>45958</v>
+      </c>
+      <c r="G161" s="3">
+        <v>30337966</v>
+      </c>
+    </row>
+    <row r="162" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="D161" s="4">
-[...18 lines deleted...]
-      </c>
       <c r="D162" s="4">
-        <v>45961</v>
+        <v>46142</v>
       </c>
       <c r="E162" s="4">
-        <v>45482</v>
+        <v>45271</v>
       </c>
       <c r="F162" s="4">
-        <v>45964</v>
+        <v>46063</v>
       </c>
       <c r="G162" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="163" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>3233656.76</v>
+      </c>
+    </row>
+    <row r="163" spans="2:7" ht="38.25" x14ac:dyDescent="0.45">
       <c r="B163" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C163" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="D163" s="4">
+        <v>46295</v>
+      </c>
+      <c r="E163" s="4">
+        <v>45223</v>
+      </c>
+      <c r="F163" s="4">
+        <v>45930</v>
+      </c>
+      <c r="G163" s="3">
+        <v>2692182</v>
+      </c>
+    </row>
+    <row r="164" spans="2:7" ht="38.25" x14ac:dyDescent="0.45">
+      <c r="B164" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C164" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D163" s="4">
-[...16 lines deleted...]
-      <c r="C164" s="2" t="s">
+      <c r="D164" s="4">
+        <v>46112</v>
+      </c>
+      <c r="E164" s="4">
+        <v>45152</v>
+      </c>
+      <c r="F164" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G164" s="3">
+        <v>6005161.9266640004</v>
+      </c>
+    </row>
+    <row r="165" spans="2:7" ht="38.25" x14ac:dyDescent="0.45">
+      <c r="B165" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C165" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D164" s="4">
-[...16 lines deleted...]
-      <c r="C165" s="2" t="s">
+      <c r="D165" s="2"/>
+      <c r="E165" s="4">
+        <v>45152</v>
+      </c>
+      <c r="F165" s="4">
+        <v>46063</v>
+      </c>
+      <c r="G165" s="3">
+        <v>4510640</v>
+      </c>
+    </row>
+    <row r="166" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B166" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C166" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="D165" s="4">
-[...16 lines deleted...]
-      <c r="C166" s="2" t="s">
+      <c r="D166" s="4">
+        <v>46387</v>
+      </c>
+      <c r="E166" s="4">
+        <v>44844</v>
+      </c>
+      <c r="F166" s="4">
+        <v>46273</v>
+      </c>
+      <c r="G166" s="3">
+        <v>131774014</v>
+      </c>
+    </row>
+    <row r="167" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B167" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C167" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D166" s="4">
-[...18 lines deleted...]
-      </c>
       <c r="D167" s="4">
-        <v>45991</v>
+        <v>46386</v>
       </c>
       <c r="E167" s="4">
-        <v>45482</v>
+        <v>44844</v>
       </c>
       <c r="F167" s="4">
-        <v>45944</v>
+        <v>46273</v>
       </c>
       <c r="G167" s="3">
-        <v>5290015.0599959996</v>
-[...2 lines deleted...]
-    <row r="168" spans="2:7" x14ac:dyDescent="0.25">
+        <v>24337003.886663999</v>
+      </c>
+    </row>
+    <row r="168" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B168" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D168" s="4">
-        <v>46053</v>
+        <v>46418</v>
       </c>
       <c r="E168" s="4">
-        <v>45482</v>
+        <v>44713</v>
       </c>
       <c r="F168" s="4">
-        <v>45944</v>
+        <v>45986</v>
       </c>
       <c r="G168" s="3">
-        <v>21215162.603332002</v>
-[...2 lines deleted...]
-    <row r="169" spans="2:7" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="2:7" x14ac:dyDescent="0.45">
       <c r="B169" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C169" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D169" s="4">
+        <v>46203</v>
+      </c>
+      <c r="E169" s="4">
+        <v>44713</v>
+      </c>
+      <c r="F169" s="4">
+        <v>45958</v>
+      </c>
+      <c r="G169" s="3">
+        <v>49795422.649999999</v>
+      </c>
+    </row>
+    <row r="170" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B170" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C170" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="D169" s="4">
+      <c r="D170" s="4">
         <v>46022</v>
       </c>
-      <c r="E169" s="4">
-[...13 lines deleted...]
-      <c r="C170" s="2" t="s">
+      <c r="E170" s="4">
+        <v>44713</v>
+      </c>
+      <c r="F170" s="4">
+        <v>45958</v>
+      </c>
+      <c r="G170" s="3">
+        <v>992771</v>
+      </c>
+    </row>
+    <row r="171" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="B171" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="D170" s="4">
-[...18 lines deleted...]
-      </c>
       <c r="D171" s="4">
-        <v>46234</v>
+        <v>46173</v>
       </c>
       <c r="E171" s="4">
-        <v>45391</v>
+        <v>44543</v>
       </c>
       <c r="F171" s="4">
-        <v>46126</v>
+        <v>46091</v>
       </c>
       <c r="G171" s="3">
-        <v>62822721.776663996</v>
-[...357 lines deleted...]
-        <v>9561623.6566640008</v>
+        <v>2462050.71</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B4:I4"/>
-    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="B5:I5"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">