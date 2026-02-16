--- v2 (2025-12-28)
+++ v3 (2026-02-16)
@@ -1,105 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vizientinc-my.sharepoint.com/personal/sara_holmgren_vizientinc_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6" documentId="11_2A27A9706DFF1591652A7E220175B4A1EDEE1BF7" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{40ADD343-814C-48CA-AD7E-4073D778FFDC}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="11_A4EA6A9682825AB7BEC60A0681F3F6192DFAB33C" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6E0A4FB8-8C73-4BAE-834A-2956F24D59BE}"/>
   <bookViews>
-    <workbookView xWindow="47160" yWindow="5865" windowWidth="21600" windowHeight="11055" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2340" yWindow="2340" windowWidth="21600" windowHeight="12405" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Bid Calendar &amp; In Process" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Bid Calendar &amp; In Process'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="331" uniqueCount="176">
   <si>
     <t>Bid Calendar &amp; In Process</t>
   </si>
   <si>
     <t>Prepared for Captis</t>
   </si>
   <si>
-    <t>2025 - Confidential | Captis Membership Only | Not for external distribution</t>
+    <t>2026 - Confidential | Captis Membership Only | Not for external distribution</t>
   </si>
   <si>
     <t>Spend Category</t>
   </si>
   <si>
     <t>Initiative Name</t>
   </si>
   <si>
     <t>Current Contract End Date</t>
   </si>
   <si>
     <t>Bid Calendar Approval Date</t>
   </si>
   <si>
     <t>New Contract Approval Date - Estimated</t>
   </si>
   <si>
     <t>Captis Spend</t>
   </si>
   <si>
     <t>Clinical Preference</t>
   </si>
   <si>
     <t>Point of Care Testing - 2024</t>
   </si>
   <si>
+    <t>Medical Devices</t>
+  </si>
+  <si>
+    <t>Surgical Counting and Detection - 2026</t>
+  </si>
+  <si>
+    <t>Automated External Defibrillators (AED)</t>
+  </si>
+  <si>
     <t>Pharmacy</t>
   </si>
   <si>
     <t>4-Factor PCC 2027</t>
   </si>
   <si>
     <t>Rituximab 2027</t>
   </si>
   <si>
     <t>Trastuzumab 2027</t>
   </si>
   <si>
     <t>Long-Acting Granulocyte-Colony Stimulating Factor 2027</t>
   </si>
   <si>
     <t>RhoD Immune Globulin 2027</t>
   </si>
   <si>
     <t>Adalimumab 2026</t>
   </si>
   <si>
     <t>IVIG, ALBUMIN, and PCC 2026</t>
   </si>
   <si>
     <t>Rabies Immunoglobulin 2026</t>
@@ -125,86 +134,83 @@
   <si>
     <t>Automated Grossing Station - 2026</t>
   </si>
   <si>
     <t>Patient Skin Care - Fabric - 2027</t>
   </si>
   <si>
     <t>Patient Skin Care 2027</t>
   </si>
   <si>
     <t>Total Casting Systems - 2027</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>Sanitary Paper - 2027</t>
   </si>
   <si>
     <t>Specialty Bags - 2027</t>
   </si>
   <si>
     <t>Waterless (Brushless) Surgical Hand Scrubs - 2027</t>
   </si>
   <si>
-    <t>Medical Devices</t>
-[...1 lines deleted...]
-  <si>
     <t>Biopsy Instruments and Needles - Bone Biopsy - 2027</t>
   </si>
   <si>
     <t>Biopsy Instruments and Needles - Breast Biopsy - 2027</t>
   </si>
   <si>
     <t>Biopsy Instruments and Needles - Soft Tissue Core Biopsy - 2027</t>
   </si>
   <si>
     <t>Craniomaxillofacial Implants &amp; Accessories - Cranial and Facial - 2027</t>
   </si>
   <si>
     <t>Craniomaxillofacial Implants &amp; Accessories - Thoracic - 2027</t>
   </si>
   <si>
     <t>Disposable Tourniquets - 2027</t>
   </si>
   <si>
     <t>Kyphoplasty and Vertebroplasty - 2027</t>
   </si>
   <si>
     <t>Third Party Instrument &amp; Scope Repair - 2026</t>
   </si>
   <si>
     <t>Vendor/Contractor Credentialing and Visitor Management - 2026</t>
   </si>
   <si>
+    <t>Ustekinumab - 2025</t>
+  </si>
+  <si>
     <t>Denosumab - 2026</t>
   </si>
   <si>
-    <t>Ustekinumab - 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Medication Delivery Devices - 2027</t>
   </si>
   <si>
     <t>Non-Invasive Airway Clearance - PEP/PAP Handheld - 2027</t>
   </si>
   <si>
     <t>Non-Invasive Airway Clearance - Pneumatic Lung Expansion - 2027</t>
   </si>
   <si>
     <t>Phlebotomy - Lancets - 2027</t>
   </si>
   <si>
     <t>Sterility Assurance Products - 2027</t>
   </si>
   <si>
     <t>CHG Cloths - 2027</t>
   </si>
   <si>
     <t>Cochlear Implants - 2027</t>
   </si>
   <si>
     <t>ENT Products - 2027</t>
   </si>
   <si>
     <t>Enteral and Oral Syringes - 2027</t>
@@ -260,53 +266,50 @@
   <si>
     <t>Peripheral Vascular - Drug Eluting Stents - 2027</t>
   </si>
   <si>
     <t>Peripheral Vascular - Interventional Supplies - 2027</t>
   </si>
   <si>
     <t>Peripheral Vascular - IVC Filters - 2027</t>
   </si>
   <si>
     <t>Peripheral Vascular - Specialty - 2027</t>
   </si>
   <si>
     <t>Peripheral Vascular - Thrombectomy - 2027</t>
   </si>
   <si>
     <t>Postoperative Pain Pumps PCA - 2027</t>
   </si>
   <si>
     <t>Cassettes and Cassette Printers - 2025</t>
   </si>
   <si>
     <t>Glucose Meters - 2025</t>
   </si>
   <si>
-    <t>Margin Optimization Software - 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Indirects</t>
   </si>
   <si>
     <t>Document Storage and Destruction - 2026</t>
   </si>
   <si>
     <t>Elevator and Escalator Maintenance - 2026</t>
   </si>
   <si>
     <t>Freight Management - 2026</t>
   </si>
   <si>
     <t>Medical Gases - 2026</t>
   </si>
   <si>
     <t>Pre-Employment Services - 2026</t>
   </si>
   <si>
     <t>Waste Stream Management - 2026</t>
   </si>
   <si>
     <t>Patient Footwear - 2027</t>
   </si>
   <si>
     <t>Smoke Evacuation - 2027</t>
@@ -347,50 +350,53 @@
   <si>
     <t>Maintenance Repair and Operations (MRO) Products - 2026</t>
   </si>
   <si>
     <t>Adhesive Drapes - 2026</t>
   </si>
   <si>
     <t>Anesthesia Masks and Circuits - 2026</t>
   </si>
   <si>
     <t>Sterilization Pouches and Packages - 2026</t>
   </si>
   <si>
     <t>Sterilization Wraps - 2026</t>
   </si>
   <si>
     <t>Blood Pressure Cuffs - 2026</t>
   </si>
   <si>
     <t>Disposable Vaginal Speculums - 2026</t>
   </si>
   <si>
     <t>Otoscopes and Ophthalmoscopes - 2026</t>
   </si>
   <si>
+    <t>Sphygmomanometers - 2026</t>
+  </si>
+  <si>
     <t>ABG Kits - 2026</t>
   </si>
   <si>
     <t>Chronic Chest and Peritoneal Drainage - 2026</t>
   </si>
   <si>
     <t>Neuromodulation - Deep Brain Stimulation - 2026</t>
   </si>
   <si>
     <t>Neuromodulation - Sacral Nerve Stimulation - 2026</t>
   </si>
   <si>
     <t>Neuromodulation - Spinal Cord Stimulation - 2026</t>
   </si>
   <si>
     <t>Thermometers - 2026</t>
   </si>
   <si>
     <t>Wound Drainage - 2026</t>
   </si>
   <si>
     <t>CHG Preoperative Skin Prep - 2026</t>
   </si>
   <si>
     <t>OR Sponges and Towels - 2026</t>
@@ -398,207 +404,192 @@
   <si>
     <t>Patient Care Plastics &amp; Steel Products - 2026</t>
   </si>
   <si>
     <t>Supraglottic Airways - 2026</t>
   </si>
   <si>
     <t>Durable Medical Equipment (DME) - 2026</t>
   </si>
   <si>
     <t>Laryngoscopes - 2026</t>
   </si>
   <si>
     <t>Open Suction Catheters - 2026</t>
   </si>
   <si>
     <t>OR Turnover Kits - 2026</t>
   </si>
   <si>
     <t>Lab Distribution - 2026</t>
   </si>
   <si>
     <t>Minor Procedure Trays - Standard - 2026</t>
   </si>
   <si>
-    <t>Vancomycin - RTU - 2026</t>
+    <t>Drug Information and Decision Support Services - 2025</t>
   </si>
   <si>
     <t>Closed System Drug Transfer Devices - 2026</t>
   </si>
   <si>
-    <t>Drug Information and Decision Support Services - 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Anti-Embolism Stockings - 2027</t>
   </si>
   <si>
     <t>Alcohol Prep Pads - 2026</t>
   </si>
   <si>
     <t>Tracheostomy Tubes - 2026</t>
   </si>
   <si>
     <t>Medical Device/Pharmacy</t>
   </si>
   <si>
     <t>Contrast Media - CT - 2026</t>
   </si>
   <si>
     <t>Contrast Media - MR - 2026</t>
   </si>
   <si>
+    <t>Reusable Surgical Handheld Instruments - Instruments - 2026</t>
+  </si>
+  <si>
+    <t>Reusable Surgical Handheld Instruments - Sterile Containers - 2026</t>
+  </si>
+  <si>
     <t>Ultrasound Contrast Media - 2026</t>
   </si>
   <si>
     <t>Phlebotomy 2026</t>
   </si>
   <si>
+    <t>Incontinence Products - 2026</t>
+  </si>
+  <si>
     <t>Total Joint Implants - Hips and Knees - 2026</t>
   </si>
   <si>
     <t>Total Joint Implants - Shoulders - 2026</t>
   </si>
   <si>
+    <t>Disposable Sharps Containers - 2026</t>
+  </si>
+  <si>
+    <t>GI Infection Prevention - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - Advanced Endoscopy - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - Cholangioscopy Scopes and Accessories - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - General GI - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - GI Hemostasis - 2026</t>
+  </si>
+  <si>
+    <t>GI Lab Products - Manometry and Capsules - 2026</t>
+  </si>
+  <si>
     <t>Hemostasis - Active - 2026</t>
   </si>
   <si>
     <t>Hemostasis - Passive - 2026</t>
   </si>
   <si>
-    <t>Reusable Surgical Handheld Instruments - Instruments - 2026</t>
-[...4 lines deleted...]
-  <si>
     <t>Surgical Equipment Covers - 2026</t>
   </si>
   <si>
     <t>Surgical Gloves - 2026</t>
   </si>
   <si>
-    <t>Disposable Sharps Containers - 2026</t>
-[...25 lines deleted...]
-  <si>
     <t>Personal Protective Equipment - Ortho - 2026</t>
   </si>
   <si>
     <t>Pneumatic Tourniquet Systems - 2026</t>
   </si>
   <si>
     <t>Vasopressin - RTU - 2026</t>
   </si>
   <si>
     <t>Video Laryngoscopes - 2025</t>
   </si>
   <si>
     <t>Disposable Manual Resuscitators - 2026</t>
   </si>
   <si>
     <t>Surgical Nonwovens - 2026</t>
   </si>
   <si>
     <t>Spinal Implants - 2026</t>
   </si>
   <si>
     <t>Infusion Therapy Kits - 2026</t>
   </si>
   <si>
-    <t>Vascular Access Products - Dialysis Catheters - 2025</t>
-[...2 lines deleted...]
-    <t>Contextual Research 2025</t>
+    <t>Vascular Access Products - Dialysis Catheters - 2026</t>
   </si>
   <si>
     <t>Office Products - 2027</t>
   </si>
   <si>
     <t>Skeletal Muscle Relaxant (Ryanodex) - 2026</t>
   </si>
   <si>
     <t>Reverse Pharmacy Distribution - 2026</t>
   </si>
   <si>
     <t>Injectable Prefilled Syringes - 2025</t>
   </si>
   <si>
-    <t>Pharmacy - 503B Sterile Compounding - 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Temperature Monitoring Probes - 2026</t>
   </si>
   <si>
     <t>Prefilled Syringes - Sodium Chloride | Sterile Water | 10% Calcium Chloride - 2025</t>
   </si>
   <si>
     <t>Housekeeping Chemicals - Environmental Services Chemicals and Supplies - 2026</t>
   </si>
   <si>
     <t>Housekeeping Chemicals - Hydrogen Peroxide Surface Disinfecting Wipes - 2026</t>
   </si>
   <si>
     <t>IT Value Added Resellers (VAR) - 2025</t>
   </si>
   <si>
     <t>Personal Protective Equipment - 2026</t>
   </si>
   <si>
     <t>DSCSA Software - 2025</t>
   </si>
   <si>
+    <t>IV Insulin - Ready-to-Use (RTU) - 2025</t>
+  </si>
+  <si>
     <t>Infliximab - 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>IV Insulin - Ready-to-Use (RTU) - 2025</t>
   </si>
   <si>
     <t>Flowmeters &amp; Regulators - 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-10409]&quot;$&quot;#,##0;\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="165" formatCode="[$-10409]m/d/yyyy"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
@@ -1090,3327 +1081,3258 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:I171"/>
+  <dimension ref="B1:I169"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="0.1328125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="8" width="13.73046875" customWidth="1"/>
+    <col min="1" max="1" width="0.140625" customWidth="1"/>
+    <col min="2" max="2" width="20.5703125" customWidth="1"/>
+    <col min="3" max="3" width="34.28515625" customWidth="1"/>
+    <col min="4" max="8" width="13.7109375" customWidth="1"/>
     <col min="9" max="9" width="255" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
     </row>
-    <row r="2" spans="2:9" ht="23.95" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="2:9" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
     </row>
-    <row r="3" spans="2:9" ht="1.05" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="4" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="3" spans="2:9" ht="0.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
     </row>
-    <row r="5" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
-    <row r="6" spans="2:9" ht="6.5" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="7" spans="2:9" ht="39.4" x14ac:dyDescent="0.45">
+    <row r="6" spans="2:9" ht="6.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="2:9" ht="51" x14ac:dyDescent="0.25">
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="8" spans="2:9" x14ac:dyDescent="0.45">
+    <row r="8" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="3">
-        <v>18085680</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:9" x14ac:dyDescent="0.45">
+        <v>17444837</v>
+      </c>
+    </row>
+    <row r="9" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D9" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2"/>
-      <c r="F9" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="F9" s="2"/>
       <c r="G9" s="3">
-        <v>33503416.469999999</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:9" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="D10" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="4">
-        <v>46350</v>
+        <v>46427</v>
       </c>
       <c r="G10" s="3">
-        <v>62835067.600000001</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:9" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D11" s="4">
-        <v>46477.083333333299</v>
+        <v>46419.083333333299</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="4">
         <v>46350</v>
       </c>
       <c r="G11" s="3">
-        <v>24538698.390000001</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:9" ht="25.5" x14ac:dyDescent="0.45">
+        <v>33034494.75</v>
+      </c>
+    </row>
+    <row r="12" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B12" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D12" s="4">
-        <v>46388.083333333299</v>
+        <v>46965</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="4">
-        <v>46322</v>
+        <v>46350</v>
       </c>
       <c r="G12" s="3">
-        <v>19012014.329999998</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:9" x14ac:dyDescent="0.45">
+        <v>61867884.240000002</v>
+      </c>
+    </row>
+    <row r="13" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D13" s="4">
-        <v>46418</v>
+        <v>46477.083333333299</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="4">
-        <v>46322</v>
+        <v>46350</v>
       </c>
       <c r="G13" s="3">
-        <v>1456438.19</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:9" x14ac:dyDescent="0.45">
+        <v>24309193.030000001</v>
+      </c>
+    </row>
+    <row r="14" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B14" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D14" s="4">
-        <v>46356</v>
+        <v>46388.083333333299</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="4">
-        <v>46294</v>
+        <v>46322</v>
       </c>
       <c r="G14" s="3">
-        <v>93821772.950000003</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:9" x14ac:dyDescent="0.45">
+        <v>18989718.329999998</v>
+      </c>
+    </row>
+    <row r="15" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D15" s="4">
-        <v>46387</v>
+        <v>46418</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="4">
-        <v>46294</v>
+        <v>46322</v>
       </c>
       <c r="G15" s="3">
-        <v>27959040.16</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:9" x14ac:dyDescent="0.45">
+        <v>1435658.43</v>
+      </c>
+    </row>
+    <row r="16" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B16" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D16" s="4">
-        <v>46387</v>
+        <v>46356</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="4">
         <v>46294</v>
       </c>
       <c r="G16" s="3">
-        <v>143981648.31999999</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:7" x14ac:dyDescent="0.45">
+        <v>93724855.950000003</v>
+      </c>
+    </row>
+    <row r="17" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B17" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D17" s="4">
-        <v>46327.041666666701</v>
+        <v>46387</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="4">
         <v>46294</v>
       </c>
       <c r="G17" s="3">
-        <v>10121513.59</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:7" x14ac:dyDescent="0.45">
+        <v>27758416.18</v>
+      </c>
+    </row>
+    <row r="18" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B18" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D18" s="4">
-        <v>46326</v>
+        <v>46387</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="4">
-        <v>46245</v>
+        <v>46294</v>
       </c>
       <c r="G18" s="3">
-        <v>3390452297</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:7" x14ac:dyDescent="0.45">
+        <v>142629163.91999999</v>
+      </c>
+    </row>
+    <row r="19" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B19" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D19" s="4">
-        <v>46295</v>
+        <v>46327.041666666701</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="4">
-        <v>46217</v>
+        <v>46294</v>
       </c>
       <c r="G19" s="3">
-        <v>5195210</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:7" x14ac:dyDescent="0.45">
+        <v>10021206.449999999</v>
+      </c>
+    </row>
+    <row r="20" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B20" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D20" s="4">
-        <v>46295</v>
+        <v>46326</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="4">
-        <v>46168</v>
+        <v>46245</v>
       </c>
       <c r="G20" s="3">
-        <v>463874.72</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:7" x14ac:dyDescent="0.45">
+        <v>3303041916</v>
+      </c>
+    </row>
+    <row r="21" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B21" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D21" s="2"/>
+      <c r="D21" s="4">
+        <v>46295</v>
+      </c>
       <c r="E21" s="2"/>
       <c r="F21" s="4">
-        <v>46126</v>
+        <v>46217</v>
       </c>
       <c r="G21" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:7" x14ac:dyDescent="0.45">
+        <v>5195210</v>
+      </c>
+    </row>
+    <row r="22" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B22" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D22" s="4">
-        <v>46173</v>
+        <v>46295</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="4">
-        <v>46091</v>
+        <v>46168</v>
       </c>
       <c r="G22" s="3">
-        <v>7264071.5700000003</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:7" x14ac:dyDescent="0.45">
+        <v>462811.04</v>
+      </c>
+    </row>
+    <row r="23" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B23" s="2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D23" s="2"/>
-      <c r="E23" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="E23" s="2"/>
       <c r="F23" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G23" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="24" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B24" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D24" s="4">
-        <v>46630</v>
-[...3 lines deleted...]
-      </c>
+        <v>46173</v>
+      </c>
+      <c r="E24" s="2"/>
       <c r="F24" s="4">
-        <v>46546</v>
+        <v>46091</v>
       </c>
       <c r="G24" s="3">
-        <v>2006771.99</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:7" x14ac:dyDescent="0.45">
+        <v>7222214.9699999997</v>
+      </c>
+    </row>
+    <row r="25" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B25" s="2" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="4">
-        <v>46000</v>
+        <v>46309</v>
       </c>
       <c r="F25" s="4">
-        <v>46546</v>
+        <v>46091</v>
       </c>
       <c r="G25" s="3">
-        <v>12331075.066663999</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:7" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D26" s="4">
         <v>46630</v>
       </c>
       <c r="E26" s="4">
         <v>46000</v>
       </c>
       <c r="F26" s="4">
         <v>46546</v>
       </c>
       <c r="G26" s="3">
-        <v>1153576.82</v>
-[...2 lines deleted...]
-    <row r="27" spans="2:7" x14ac:dyDescent="0.45">
+        <v>1990082.82</v>
+      </c>
+    </row>
+    <row r="27" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B27" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D27" s="4">
-        <v>46599</v>
+        <v>46630</v>
       </c>
       <c r="E27" s="4">
         <v>46000</v>
       </c>
       <c r="F27" s="4">
-        <v>46518</v>
+        <v>46546</v>
       </c>
       <c r="G27" s="3">
-        <v>26268187.936664</v>
-[...2 lines deleted...]
-    <row r="28" spans="2:7" x14ac:dyDescent="0.45">
+        <v>12012686.960000001</v>
+      </c>
+    </row>
+    <row r="28" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B28" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="4">
-        <v>46599</v>
+        <v>46630</v>
       </c>
       <c r="E28" s="4">
         <v>46000</v>
       </c>
       <c r="F28" s="4">
-        <v>46518</v>
+        <v>46546</v>
       </c>
       <c r="G28" s="3">
-        <v>6994683.1966639999</v>
-[...2 lines deleted...]
-    <row r="29" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>1076777.9099999999</v>
+      </c>
+    </row>
+    <row r="29" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B29" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D29" s="4">
         <v>46599</v>
       </c>
       <c r="E29" s="4">
         <v>46000</v>
       </c>
       <c r="F29" s="4">
         <v>46518</v>
       </c>
       <c r="G29" s="3">
-        <v>2883479.7666640002</v>
-[...2 lines deleted...]
-    <row r="30" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>25364447.379999999</v>
+      </c>
+    </row>
+    <row r="30" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B30" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D30" s="4">
-        <v>46568</v>
+        <v>46599</v>
       </c>
       <c r="E30" s="4">
         <v>46000</v>
       </c>
       <c r="F30" s="4">
-        <v>46490</v>
+        <v>46518</v>
       </c>
       <c r="G30" s="3">
-        <v>6867766.816664</v>
-[...2 lines deleted...]
-    <row r="31" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>6797565.2699999996</v>
+      </c>
+    </row>
+    <row r="31" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B31" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="4">
-        <v>46568</v>
+        <v>46599</v>
       </c>
       <c r="E31" s="4">
         <v>46000</v>
       </c>
       <c r="F31" s="4">
-        <v>46490</v>
+        <v>46518</v>
       </c>
       <c r="G31" s="3">
-        <v>30324477.576664001</v>
-[...2 lines deleted...]
-    <row r="32" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>2799963.92</v>
+      </c>
+    </row>
+    <row r="32" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B32" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D32" s="4">
         <v>46568</v>
       </c>
       <c r="E32" s="4">
         <v>46000</v>
       </c>
       <c r="F32" s="4">
         <v>46490</v>
       </c>
       <c r="G32" s="3">
-        <v>11446905.986664001</v>
-[...2 lines deleted...]
-    <row r="33" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>6772318.1600000001</v>
+      </c>
+    </row>
+    <row r="33" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B33" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="4">
         <v>46568</v>
       </c>
       <c r="E33" s="4">
         <v>46000</v>
       </c>
       <c r="F33" s="4">
         <v>46490</v>
       </c>
       <c r="G33" s="3">
-        <v>62685537.57</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>29248400.359999999</v>
+      </c>
+    </row>
+    <row r="34" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B34" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D34" s="4">
         <v>46568</v>
       </c>
       <c r="E34" s="4">
         <v>46000</v>
       </c>
       <c r="F34" s="4">
         <v>46490</v>
       </c>
       <c r="G34" s="3">
-        <v>30685783.969999999</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:7" x14ac:dyDescent="0.45">
+        <v>11274071.59</v>
+      </c>
+    </row>
+    <row r="35" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
       <c r="B35" s="2" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D35" s="4">
         <v>46568</v>
       </c>
       <c r="E35" s="4">
         <v>46000</v>
       </c>
       <c r="F35" s="4">
         <v>46490</v>
       </c>
       <c r="G35" s="3">
-        <v>3224636.5633319998</v>
-[...2 lines deleted...]
-    <row r="36" spans="2:7" x14ac:dyDescent="0.45">
+        <v>61372146.43</v>
+      </c>
+    </row>
+    <row r="36" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B36" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D36" s="4">
-        <v>46552</v>
+        <v>46568</v>
       </c>
       <c r="E36" s="4">
         <v>46000</v>
       </c>
       <c r="F36" s="4">
         <v>46490</v>
       </c>
       <c r="G36" s="3">
-        <v>68366170.150000006</v>
-[...2 lines deleted...]
-    <row r="37" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>29687714.789999999</v>
+      </c>
+    </row>
+    <row r="37" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B37" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D37" s="4">
-        <v>46387</v>
+        <v>46568</v>
       </c>
       <c r="E37" s="4">
         <v>46000</v>
       </c>
       <c r="F37" s="4">
-        <v>46308</v>
+        <v>46490</v>
       </c>
       <c r="G37" s="3">
-        <v>39450261</v>
-[...2 lines deleted...]
-    <row r="38" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>3110749.17</v>
+      </c>
+    </row>
+    <row r="38" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B38" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D38" s="4">
-        <v>46142</v>
+        <v>46552</v>
       </c>
       <c r="E38" s="4">
         <v>46000</v>
       </c>
       <c r="F38" s="4">
-        <v>46126</v>
+        <v>46490</v>
       </c>
       <c r="G38" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="39" spans="2:7" x14ac:dyDescent="0.45">
+        <v>66868520.229999997</v>
+      </c>
+    </row>
+    <row r="39" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B39" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D39" s="2"/>
+      <c r="D39" s="4">
+        <v>46387</v>
+      </c>
       <c r="E39" s="4">
-        <v>45992</v>
+        <v>46000</v>
       </c>
       <c r="F39" s="4">
-        <v>46077</v>
+        <v>46308</v>
       </c>
       <c r="G39" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="40" spans="2:7" x14ac:dyDescent="0.45">
+        <v>38106372</v>
+      </c>
+    </row>
+    <row r="40" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B40" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D40" s="2"/>
+      <c r="D40" s="4">
+        <v>46142</v>
+      </c>
       <c r="E40" s="4">
-        <v>45992</v>
+        <v>46000</v>
       </c>
       <c r="F40" s="4">
-        <v>46049</v>
+        <v>46126</v>
       </c>
       <c r="G40" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="41" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B41" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D41" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="4">
-        <v>45944</v>
+        <v>45992</v>
       </c>
       <c r="F41" s="4">
-        <v>46455</v>
+        <v>46112</v>
       </c>
       <c r="G41" s="3">
-        <v>7067136.2533320002</v>
-[...2 lines deleted...]
-    <row r="42" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B42" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D42" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="4">
-        <v>45944</v>
+        <v>45992</v>
       </c>
       <c r="F42" s="4">
-        <v>46455</v>
+        <v>46077</v>
       </c>
       <c r="G42" s="3">
-        <v>7076012.0800000001</v>
-[...2 lines deleted...]
-    <row r="43" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D43" s="4">
         <v>46538</v>
       </c>
       <c r="E43" s="4">
         <v>45944</v>
       </c>
       <c r="F43" s="4">
         <v>46455</v>
       </c>
       <c r="G43" s="3">
-        <v>2445042.11</v>
-[...2 lines deleted...]
-    <row r="44" spans="2:7" x14ac:dyDescent="0.45">
+        <v>6896429.0800000001</v>
+      </c>
+    </row>
+    <row r="44" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B44" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D44" s="4">
         <v>46538</v>
       </c>
       <c r="E44" s="4">
         <v>45944</v>
       </c>
       <c r="F44" s="4">
         <v>46455</v>
       </c>
       <c r="G44" s="3">
-        <v>3586418.1</v>
-[...2 lines deleted...]
-    <row r="45" spans="2:7" x14ac:dyDescent="0.45">
+        <v>6857255.4900000002</v>
+      </c>
+    </row>
+    <row r="45" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D45" s="4">
         <v>46538</v>
       </c>
       <c r="E45" s="4">
         <v>45944</v>
       </c>
       <c r="F45" s="4">
         <v>46455</v>
       </c>
       <c r="G45" s="3">
-        <v>18000052.273332</v>
-[...2 lines deleted...]
-    <row r="46" spans="2:7" x14ac:dyDescent="0.45">
+        <v>2381962.31</v>
+      </c>
+    </row>
+    <row r="46" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B46" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D46" s="4">
-        <v>46507</v>
+        <v>46538</v>
       </c>
       <c r="E46" s="4">
         <v>45944</v>
       </c>
       <c r="F46" s="4">
-        <v>46427</v>
+        <v>46455</v>
       </c>
       <c r="G46" s="3">
-        <v>18036817.859999999</v>
-[...2 lines deleted...]
-    <row r="47" spans="2:7" x14ac:dyDescent="0.45">
+        <v>3453946.08</v>
+      </c>
+    </row>
+    <row r="47" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B47" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D47" s="4">
-        <v>46507</v>
+        <v>46538</v>
       </c>
       <c r="E47" s="4">
         <v>45944</v>
       </c>
       <c r="F47" s="4">
-        <v>46427</v>
+        <v>46455</v>
       </c>
       <c r="G47" s="3">
-        <v>49969552.909999996</v>
-[...2 lines deleted...]
-    <row r="48" spans="2:7" x14ac:dyDescent="0.45">
+        <v>17437292.190000001</v>
+      </c>
+    </row>
+    <row r="48" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B48" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D48" s="4">
         <v>46507</v>
       </c>
       <c r="E48" s="4">
         <v>45944</v>
       </c>
       <c r="F48" s="4">
         <v>46427</v>
       </c>
       <c r="G48" s="3">
-        <v>44664318.623332001</v>
-[...2 lines deleted...]
-    <row r="49" spans="2:7" x14ac:dyDescent="0.45">
+        <v>17492789.539999999</v>
+      </c>
+    </row>
+    <row r="49" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B49" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D49" s="4">
         <v>46507</v>
       </c>
       <c r="E49" s="4">
         <v>45944</v>
       </c>
       <c r="F49" s="4">
         <v>46427</v>
       </c>
       <c r="G49" s="3">
-        <v>6395201.3600000003</v>
-[...2 lines deleted...]
-    <row r="50" spans="2:7" x14ac:dyDescent="0.45">
+        <v>49959552.909999996</v>
+      </c>
+    </row>
+    <row r="50" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B50" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D50" s="4">
         <v>46507</v>
       </c>
       <c r="E50" s="4">
         <v>45944</v>
       </c>
       <c r="F50" s="4">
         <v>46427</v>
       </c>
       <c r="G50" s="3">
-        <v>4665815.3600000003</v>
-[...2 lines deleted...]
-    <row r="51" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>43414769.729999997</v>
+      </c>
+    </row>
+    <row r="51" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B51" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D51" s="4">
         <v>46507</v>
       </c>
       <c r="E51" s="4">
         <v>45944</v>
       </c>
       <c r="F51" s="4">
         <v>46427</v>
       </c>
       <c r="G51" s="3">
-        <v>14855739.623331999</v>
-[...2 lines deleted...]
-    <row r="52" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>6237924.5999999996</v>
+      </c>
+    </row>
+    <row r="52" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D52" s="4">
         <v>46507</v>
       </c>
       <c r="E52" s="4">
         <v>45944</v>
       </c>
       <c r="F52" s="4">
         <v>46427</v>
       </c>
       <c r="G52" s="3">
-        <v>8412363.2200000007</v>
-[...2 lines deleted...]
-    <row r="53" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>4599141.09</v>
+      </c>
+    </row>
+    <row r="53" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B53" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D53" s="4">
         <v>46507</v>
       </c>
       <c r="E53" s="4">
         <v>45944</v>
       </c>
       <c r="F53" s="4">
         <v>46427</v>
       </c>
       <c r="G53" s="3">
-        <v>4012712.79</v>
-[...2 lines deleted...]
-    <row r="54" spans="2:7" x14ac:dyDescent="0.45">
+        <v>14306392.02</v>
+      </c>
+    </row>
+    <row r="54" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D54" s="4">
         <v>46507</v>
       </c>
       <c r="E54" s="4">
         <v>45944</v>
       </c>
       <c r="F54" s="4">
         <v>46427</v>
       </c>
       <c r="G54" s="3">
-        <v>15514171.803331999</v>
-[...2 lines deleted...]
-    <row r="55" spans="2:7" x14ac:dyDescent="0.45">
+        <v>8191357.8899999997</v>
+      </c>
+    </row>
+    <row r="55" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D55" s="4">
         <v>46507</v>
       </c>
       <c r="E55" s="4">
         <v>45944</v>
       </c>
       <c r="F55" s="4">
         <v>46427</v>
       </c>
       <c r="G55" s="3">
-        <v>10298369.126664</v>
-[...2 lines deleted...]
-    <row r="56" spans="2:7" x14ac:dyDescent="0.45">
+        <v>3881084.62</v>
+      </c>
+    </row>
+    <row r="56" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D56" s="4">
         <v>46507</v>
       </c>
       <c r="E56" s="4">
         <v>45944</v>
       </c>
       <c r="F56" s="4">
         <v>46427</v>
       </c>
       <c r="G56" s="3">
-        <v>11328638.123331999</v>
-[...2 lines deleted...]
-    <row r="57" spans="2:7" x14ac:dyDescent="0.45">
+        <v>14828664.970000001</v>
+      </c>
+    </row>
+    <row r="57" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D57" s="4">
-        <v>46477</v>
+        <v>46507</v>
       </c>
       <c r="E57" s="4">
         <v>45944</v>
       </c>
       <c r="F57" s="4">
-        <v>46399</v>
+        <v>46427</v>
       </c>
       <c r="G57" s="3">
-        <v>12622871.460000001</v>
-[...2 lines deleted...]
-    <row r="58" spans="2:7" x14ac:dyDescent="0.45">
+        <v>10106396.810000001</v>
+      </c>
+    </row>
+    <row r="58" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D58" s="4">
-        <v>46477</v>
+        <v>46507</v>
       </c>
       <c r="E58" s="4">
         <v>45944</v>
       </c>
       <c r="F58" s="4">
-        <v>46399</v>
+        <v>46427</v>
       </c>
       <c r="G58" s="3">
-        <v>20228865.806664001</v>
-[...2 lines deleted...]
-    <row r="59" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>11131227.619999999</v>
+      </c>
+    </row>
+    <row r="59" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B59" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D59" s="4">
         <v>46477</v>
       </c>
       <c r="E59" s="4">
         <v>45944</v>
       </c>
       <c r="F59" s="4">
         <v>46399</v>
       </c>
       <c r="G59" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="60" spans="2:7" x14ac:dyDescent="0.45">
+        <v>12222886.390000001</v>
+      </c>
+    </row>
+    <row r="60" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B60" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D60" s="4">
         <v>46477</v>
       </c>
       <c r="E60" s="4">
         <v>45944</v>
       </c>
       <c r="F60" s="4">
         <v>46399</v>
       </c>
       <c r="G60" s="3">
-        <v>7893294.4166639997</v>
-[...2 lines deleted...]
-    <row r="61" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>19724978</v>
+      </c>
+    </row>
+    <row r="61" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B61" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D61" s="4">
         <v>46477</v>
       </c>
       <c r="E61" s="4">
         <v>45944</v>
       </c>
       <c r="F61" s="4">
         <v>46399</v>
       </c>
       <c r="G61" s="3">
-        <v>27011816.579999998</v>
-[...2 lines deleted...]
-    <row r="62" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B62" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D62" s="4">
         <v>46477</v>
       </c>
       <c r="E62" s="4">
         <v>45944</v>
       </c>
       <c r="F62" s="4">
         <v>46399</v>
       </c>
       <c r="G62" s="3">
-        <v>3569200.79</v>
-[...2 lines deleted...]
-    <row r="63" spans="2:7" x14ac:dyDescent="0.45">
+        <v>7468535.6200000001</v>
+      </c>
+    </row>
+    <row r="63" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B63" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D63" s="4">
         <v>46477</v>
       </c>
       <c r="E63" s="4">
         <v>45944</v>
       </c>
       <c r="F63" s="4">
         <v>46399</v>
       </c>
       <c r="G63" s="3">
-        <v>35980391.93</v>
-[...2 lines deleted...]
-    <row r="64" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>26664626.300000001</v>
+      </c>
+    </row>
+    <row r="64" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B64" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D64" s="4">
         <v>46477</v>
       </c>
       <c r="E64" s="4">
         <v>45944</v>
       </c>
       <c r="F64" s="4">
         <v>46399</v>
       </c>
       <c r="G64" s="3">
-        <v>121576632.01000001</v>
-[...2 lines deleted...]
-    <row r="65" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>3219851.38</v>
+      </c>
+    </row>
+    <row r="65" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B65" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D65" s="4">
         <v>46477</v>
       </c>
       <c r="E65" s="4">
         <v>45944</v>
       </c>
       <c r="F65" s="4">
         <v>46399</v>
       </c>
       <c r="G65" s="3">
-        <v>23268708.91</v>
-[...2 lines deleted...]
-    <row r="66" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>35642161.93</v>
+      </c>
+    </row>
+    <row r="66" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B66" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D66" s="4">
         <v>46477</v>
       </c>
       <c r="E66" s="4">
         <v>45944</v>
       </c>
       <c r="F66" s="4">
         <v>46399</v>
       </c>
       <c r="G66" s="3">
-        <v>9494758.9000000004</v>
-[...2 lines deleted...]
-    <row r="67" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>118903793.95</v>
+      </c>
+    </row>
+    <row r="67" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B67" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D67" s="4">
         <v>46477</v>
       </c>
       <c r="E67" s="4">
         <v>45944</v>
       </c>
       <c r="F67" s="4">
         <v>46399</v>
       </c>
       <c r="G67" s="3">
-        <v>29598739.719999999</v>
-[...2 lines deleted...]
-    <row r="68" spans="2:7" x14ac:dyDescent="0.45">
+        <v>22830000.91</v>
+      </c>
+    </row>
+    <row r="68" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B68" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D68" s="4">
         <v>46477</v>
       </c>
       <c r="E68" s="4">
         <v>45944</v>
       </c>
       <c r="F68" s="4">
         <v>46399</v>
       </c>
       <c r="G68" s="3">
-        <v>6292152.5199999996</v>
-[...2 lines deleted...]
-    <row r="69" spans="2:7" x14ac:dyDescent="0.45">
+        <v>9348333.9000000004</v>
+      </c>
+    </row>
+    <row r="69" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B69" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="4">
         <v>46477</v>
       </c>
       <c r="E69" s="4">
         <v>45944</v>
       </c>
       <c r="F69" s="4">
         <v>46399</v>
       </c>
       <c r="G69" s="3">
-        <v>22125651.120000001</v>
-[...2 lines deleted...]
-    <row r="70" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>28408621.02</v>
+      </c>
+    </row>
+    <row r="70" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B70" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D70" s="4">
         <v>46477</v>
       </c>
       <c r="E70" s="4">
         <v>45944</v>
       </c>
       <c r="F70" s="4">
         <v>46399</v>
       </c>
       <c r="G70" s="3">
-        <v>89369974.159999996</v>
-[...2 lines deleted...]
-    <row r="71" spans="2:7" x14ac:dyDescent="0.45">
+        <v>6170511.7199999997</v>
+      </c>
+    </row>
+    <row r="71" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B71" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D71" s="4">
         <v>46477</v>
       </c>
       <c r="E71" s="4">
         <v>45944</v>
       </c>
       <c r="F71" s="4">
         <v>46399</v>
       </c>
       <c r="G71" s="3">
-        <v>1640502.29</v>
-[...2 lines deleted...]
-    <row r="72" spans="2:7" x14ac:dyDescent="0.45">
+        <v>21044264.309999999</v>
+      </c>
+    </row>
+    <row r="72" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B72" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D72" s="2"/>
+      <c r="D72" s="4">
+        <v>46477</v>
+      </c>
       <c r="E72" s="4">
         <v>45944</v>
       </c>
       <c r="F72" s="4">
-        <v>46063</v>
+        <v>46399</v>
       </c>
       <c r="G72" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="73" spans="2:7" x14ac:dyDescent="0.45">
+        <v>87725995.099999994</v>
+      </c>
+    </row>
+    <row r="73" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B73" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D73" s="2"/>
+      <c r="D73" s="4">
+        <v>46477</v>
+      </c>
       <c r="E73" s="4">
         <v>45944</v>
       </c>
       <c r="F73" s="4">
-        <v>46063</v>
+        <v>46399</v>
       </c>
       <c r="G73" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="74" spans="2:7" x14ac:dyDescent="0.45">
+        <v>1597057.27</v>
+      </c>
+    </row>
+    <row r="74" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B74" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="4">
-        <v>45867</v>
+        <v>45944</v>
       </c>
       <c r="F74" s="4">
-        <v>45958</v>
+        <v>46217</v>
       </c>
       <c r="G74" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+    <row r="75" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B75" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C75" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="4">
-        <v>45853</v>
+        <v>45944</v>
       </c>
       <c r="F75" s="4">
         <v>46217</v>
       </c>
       <c r="G75" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+    <row r="76" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B76" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="4">
         <v>45853</v>
       </c>
       <c r="F76" s="4">
         <v>46217</v>
       </c>
       <c r="G76" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="77" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B77" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="4">
         <v>45853</v>
       </c>
       <c r="F77" s="4">
         <v>46217</v>
       </c>
       <c r="G77" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="78" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B78" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="4">
         <v>45853</v>
       </c>
       <c r="F78" s="4">
         <v>46217</v>
       </c>
       <c r="G78" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="79" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B79" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="4">
         <v>45853</v>
       </c>
       <c r="F79" s="4">
         <v>46217</v>
       </c>
       <c r="G79" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="80" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B80" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="4">
         <v>45853</v>
       </c>
       <c r="F80" s="4">
         <v>46217</v>
       </c>
       <c r="G80" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="81" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B81" s="2" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D81" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="4">
-        <v>45846</v>
+        <v>45853</v>
       </c>
       <c r="F81" s="4">
-        <v>46364</v>
+        <v>46217</v>
       </c>
       <c r="G81" s="3">
-        <v>5873617.0499999998</v>
-[...2 lines deleted...]
-    <row r="82" spans="2:7" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B82" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D82" s="4">
         <v>46446</v>
       </c>
       <c r="E82" s="4">
         <v>45846</v>
       </c>
       <c r="F82" s="4">
         <v>46364</v>
       </c>
       <c r="G82" s="3">
-        <v>18408705.690000001</v>
-[...2 lines deleted...]
-    <row r="83" spans="2:7" x14ac:dyDescent="0.45">
+        <v>5700648.25</v>
+      </c>
+    </row>
+    <row r="83" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B83" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D83" s="4">
         <v>46446</v>
       </c>
       <c r="E83" s="4">
         <v>45846</v>
       </c>
       <c r="F83" s="4">
         <v>46364</v>
       </c>
       <c r="G83" s="3">
-        <v>7269038.4966639997</v>
-[...2 lines deleted...]
-    <row r="84" spans="2:7" x14ac:dyDescent="0.45">
+        <v>18244322.68</v>
+      </c>
+    </row>
+    <row r="84" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B84" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D84" s="4">
-        <v>46418</v>
+        <v>46446</v>
       </c>
       <c r="E84" s="4">
         <v>45846</v>
       </c>
       <c r="F84" s="4">
-        <v>46336</v>
+        <v>46364</v>
       </c>
       <c r="G84" s="3">
-        <v>5378023.4633320002</v>
-[...2 lines deleted...]
-    <row r="85" spans="2:7" x14ac:dyDescent="0.45">
+        <v>7073321.7400000002</v>
+      </c>
+    </row>
+    <row r="85" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D85" s="4">
         <v>46418</v>
       </c>
       <c r="E85" s="4">
         <v>45846</v>
       </c>
       <c r="F85" s="4">
         <v>46336</v>
       </c>
       <c r="G85" s="3">
-        <v>3887061.29</v>
-[...2 lines deleted...]
-    <row r="86" spans="2:7" x14ac:dyDescent="0.45">
+        <v>5163212.96</v>
+      </c>
+    </row>
+    <row r="86" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D86" s="4">
-        <v>46387</v>
+        <v>46418</v>
       </c>
       <c r="E86" s="4">
         <v>45846</v>
       </c>
       <c r="F86" s="4">
-        <v>46308</v>
+        <v>46336</v>
       </c>
       <c r="G86" s="3">
-        <v>78271547.2333</v>
-[...2 lines deleted...]
-    <row r="87" spans="2:7" x14ac:dyDescent="0.45">
+        <v>3733078.24</v>
+      </c>
+    </row>
+    <row r="87" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D87" s="4">
         <v>46387</v>
       </c>
       <c r="E87" s="4">
         <v>45846</v>
       </c>
       <c r="F87" s="4">
         <v>46308</v>
       </c>
       <c r="G87" s="3">
-        <v>5001671.37</v>
-[...2 lines deleted...]
-    <row r="88" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>76143233.329971999</v>
+      </c>
+    </row>
+    <row r="88" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D88" s="4">
         <v>46387</v>
       </c>
       <c r="E88" s="4">
         <v>45846</v>
       </c>
       <c r="F88" s="4">
         <v>46308</v>
       </c>
       <c r="G88" s="3">
-        <v>2363243.0166640002</v>
-[...2 lines deleted...]
-    <row r="89" spans="2:7" x14ac:dyDescent="0.45">
+        <v>4889301.03</v>
+      </c>
+    </row>
+    <row r="89" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D89" s="4">
         <v>46387</v>
       </c>
       <c r="E89" s="4">
         <v>45846</v>
       </c>
       <c r="F89" s="4">
         <v>46308</v>
       </c>
       <c r="G89" s="3">
-        <v>19999380.48</v>
-[...2 lines deleted...]
-    <row r="90" spans="2:7" x14ac:dyDescent="0.45">
+        <v>2299069.41</v>
+      </c>
+    </row>
+    <row r="90" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B90" s="2" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="D90" s="2"/>
+      <c r="D90" s="4">
+        <v>46387</v>
+      </c>
       <c r="E90" s="4">
-        <v>45756</v>
+        <v>45846</v>
       </c>
       <c r="F90" s="4">
-        <v>46336</v>
+        <v>46308</v>
       </c>
       <c r="G90" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="91" spans="2:7" x14ac:dyDescent="0.45">
+        <v>19376027.800000001</v>
+      </c>
+    </row>
+    <row r="91" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B91" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="4">
         <v>45756</v>
       </c>
       <c r="F91" s="4">
-        <v>46217</v>
+        <v>46336</v>
       </c>
       <c r="G91" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="92" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="92" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B92" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="4">
         <v>45756</v>
       </c>
       <c r="F92" s="4">
-        <v>46210</v>
+        <v>46217</v>
       </c>
       <c r="G92" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="93" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+    <row r="93" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B93" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="4">
         <v>45756</v>
       </c>
       <c r="F93" s="4">
-        <v>46049</v>
+        <v>46210</v>
       </c>
       <c r="G93" s="3">
-        <v>23964111</v>
-[...2 lines deleted...]
-    <row r="94" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B94" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="4">
         <v>45756</v>
       </c>
       <c r="F94" s="4">
         <v>46049</v>
       </c>
       <c r="G94" s="3">
-        <v>32146803</v>
-[...2 lines deleted...]
-    <row r="95" spans="2:7" x14ac:dyDescent="0.45">
+        <v>23891213</v>
+      </c>
+    </row>
+    <row r="95" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B95" s="2" t="s">
-        <v>9</v>
+        <v>81</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D95" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="4">
-        <v>45755</v>
+        <v>45756</v>
       </c>
       <c r="F95" s="4">
-        <v>46273</v>
+        <v>46049</v>
       </c>
       <c r="G95" s="3">
-        <v>3230321.65</v>
-[...2 lines deleted...]
-    <row r="96" spans="2:7" x14ac:dyDescent="0.45">
+        <v>33664353</v>
+      </c>
+    </row>
+    <row r="96" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D96" s="4">
         <v>46356</v>
       </c>
       <c r="E96" s="4">
         <v>45755</v>
       </c>
       <c r="F96" s="4">
         <v>46273</v>
       </c>
       <c r="G96" s="3">
-        <v>13477713.85</v>
-[...2 lines deleted...]
-    <row r="97" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>3159757.81</v>
+      </c>
+    </row>
+    <row r="97" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B97" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D97" s="4">
         <v>46356</v>
       </c>
       <c r="E97" s="4">
         <v>45755</v>
       </c>
       <c r="F97" s="4">
         <v>46273</v>
       </c>
       <c r="G97" s="3">
-        <v>3003165.296664</v>
-[...2 lines deleted...]
-    <row r="98" spans="2:7" x14ac:dyDescent="0.45">
+        <v>13135896.5</v>
+      </c>
+    </row>
+    <row r="98" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B98" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D98" s="4">
         <v>46356</v>
       </c>
       <c r="E98" s="4">
         <v>45755</v>
       </c>
       <c r="F98" s="4">
         <v>46273</v>
       </c>
       <c r="G98" s="3">
-        <v>9925268.6166639999</v>
-[...2 lines deleted...]
-    <row r="99" spans="2:7" x14ac:dyDescent="0.45">
+        <v>2898746.74</v>
+      </c>
+    </row>
+    <row r="99" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B99" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D99" s="4">
-        <v>46326</v>
+        <v>46356</v>
       </c>
       <c r="E99" s="4">
         <v>45755</v>
       </c>
       <c r="F99" s="4">
-        <v>46245</v>
+        <v>46273</v>
       </c>
       <c r="G99" s="3">
-        <v>19661695.789999999</v>
-[...2 lines deleted...]
-    <row r="100" spans="2:7" x14ac:dyDescent="0.45">
+        <v>9651047.4100000001</v>
+      </c>
+    </row>
+    <row r="100" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D100" s="4">
         <v>46326</v>
       </c>
       <c r="E100" s="4">
         <v>45755</v>
       </c>
       <c r="F100" s="4">
         <v>46245</v>
       </c>
       <c r="G100" s="3">
-        <v>2964647.8666639999</v>
-[...2 lines deleted...]
-    <row r="101" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>18848963.420000002</v>
+      </c>
+    </row>
+    <row r="101" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D101" s="4">
         <v>46326</v>
       </c>
       <c r="E101" s="4">
         <v>45755</v>
       </c>
       <c r="F101" s="4">
         <v>46245</v>
       </c>
       <c r="G101" s="3">
-        <v>2326013.89</v>
-[...2 lines deleted...]
-    <row r="102" spans="2:7" x14ac:dyDescent="0.45">
+        <v>2776784.02</v>
+      </c>
+    </row>
+    <row r="102" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D102" s="4">
-        <v>46295</v>
+        <v>46326</v>
       </c>
       <c r="E102" s="4">
         <v>45755</v>
       </c>
       <c r="F102" s="4">
-        <v>46217</v>
+        <v>46245</v>
       </c>
       <c r="G102" s="3">
-        <v>1682963.1033320001</v>
-[...2 lines deleted...]
-    <row r="103" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>2284123.7200000002</v>
+      </c>
+    </row>
+    <row r="103" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="D103" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="4">
         <v>45755</v>
       </c>
       <c r="F103" s="4">
-        <v>46217</v>
+        <v>46245</v>
       </c>
       <c r="G103" s="3">
-        <v>6676009.9800000004</v>
-[...2 lines deleted...]
-    <row r="104" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B104" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D104" s="4">
-        <v>46309</v>
+        <v>46295</v>
       </c>
       <c r="E104" s="4">
         <v>45755</v>
       </c>
       <c r="F104" s="4">
         <v>46217</v>
       </c>
       <c r="G104" s="3">
-        <v>34745483.329999998</v>
-[...2 lines deleted...]
-    <row r="105" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>1622348.86</v>
+      </c>
+    </row>
+    <row r="105" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B105" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D105" s="4">
-        <v>46309</v>
+        <v>46295</v>
       </c>
       <c r="E105" s="4">
         <v>45755</v>
       </c>
       <c r="F105" s="4">
         <v>46217</v>
       </c>
       <c r="G105" s="3">
-        <v>51457745.619999997</v>
-[...2 lines deleted...]
-    <row r="106" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>6517458.5199999996</v>
+      </c>
+    </row>
+    <row r="106" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B106" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D106" s="4">
         <v>46309</v>
       </c>
       <c r="E106" s="4">
         <v>45755</v>
       </c>
       <c r="F106" s="4">
         <v>46217</v>
       </c>
       <c r="G106" s="3">
-        <v>77152384.453332007</v>
-[...2 lines deleted...]
-    <row r="107" spans="2:7" x14ac:dyDescent="0.45">
+        <v>34743409.450000003</v>
+      </c>
+    </row>
+    <row r="107" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B107" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D107" s="4">
-        <v>46326</v>
+        <v>46309</v>
       </c>
       <c r="E107" s="4">
         <v>45755</v>
       </c>
       <c r="F107" s="4">
         <v>46217</v>
       </c>
       <c r="G107" s="3">
-        <v>4002869.5</v>
-[...2 lines deleted...]
-    <row r="108" spans="2:7" x14ac:dyDescent="0.45">
+        <v>49634216.439999998</v>
+      </c>
+    </row>
+    <row r="108" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B108" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D108" s="4">
-        <v>46295</v>
+        <v>46309</v>
       </c>
       <c r="E108" s="4">
         <v>45755</v>
       </c>
       <c r="F108" s="4">
         <v>46217</v>
       </c>
       <c r="G108" s="3">
-        <v>7349331.0566640003</v>
-[...2 lines deleted...]
-    <row r="109" spans="2:7" x14ac:dyDescent="0.45">
+        <v>74652738.349999994</v>
+      </c>
+    </row>
+    <row r="109" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D109" s="4">
-        <v>46295</v>
+        <v>46326</v>
       </c>
       <c r="E109" s="4">
         <v>45755</v>
       </c>
       <c r="F109" s="4">
-        <v>46182</v>
+        <v>46217</v>
       </c>
       <c r="G109" s="3">
-        <v>18330163.59</v>
-[...2 lines deleted...]
-    <row r="110" spans="2:7" x14ac:dyDescent="0.45">
+        <v>3894178.69</v>
+      </c>
+    </row>
+    <row r="110" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D110" s="4">
-        <v>46265</v>
+        <v>46295</v>
       </c>
       <c r="E110" s="4">
         <v>45755</v>
       </c>
       <c r="F110" s="4">
-        <v>46182</v>
+        <v>46217</v>
       </c>
       <c r="G110" s="3">
-        <v>7108282.3799999999</v>
-[...2 lines deleted...]
-    <row r="111" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>7199994.8600000003</v>
+      </c>
+    </row>
+    <row r="111" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B111" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D111" s="4">
-        <v>46265</v>
+        <v>46295</v>
       </c>
       <c r="E111" s="4">
         <v>45755</v>
       </c>
       <c r="F111" s="4">
         <v>46182</v>
       </c>
       <c r="G111" s="3">
-        <v>13304694.656664001</v>
-[...2 lines deleted...]
-    <row r="112" spans="2:7" x14ac:dyDescent="0.45">
+        <v>17836293.190000001</v>
+      </c>
+    </row>
+    <row r="112" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D112" s="4">
-        <v>46295</v>
+        <v>46265</v>
       </c>
       <c r="E112" s="4">
         <v>45755</v>
       </c>
       <c r="F112" s="4">
         <v>46182</v>
       </c>
       <c r="G112" s="3">
-        <v>5097965.1933319997</v>
-[...2 lines deleted...]
-    <row r="113" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>6861062.2699999996</v>
+      </c>
+    </row>
+    <row r="113" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B113" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D113" s="4">
         <v>46265</v>
       </c>
       <c r="E113" s="4">
         <v>45755</v>
       </c>
       <c r="F113" s="4">
-        <v>46154</v>
+        <v>46182</v>
       </c>
       <c r="G113" s="3">
-        <v>4995314.04</v>
-[...2 lines deleted...]
-    <row r="114" spans="2:7" x14ac:dyDescent="0.45">
+        <v>12877428.76</v>
+      </c>
+    </row>
+    <row r="114" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D114" s="4">
-        <v>46234</v>
+        <v>46295</v>
       </c>
       <c r="E114" s="4">
         <v>45755</v>
       </c>
       <c r="F114" s="4">
-        <v>46154</v>
+        <v>46182</v>
       </c>
       <c r="G114" s="3">
-        <v>5491775.6866640002</v>
-[...2 lines deleted...]
-    <row r="115" spans="2:7" x14ac:dyDescent="0.45">
+        <v>4902218.1900000004</v>
+      </c>
+    </row>
+    <row r="115" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D115" s="4">
         <v>46265</v>
       </c>
       <c r="E115" s="4">
         <v>45755</v>
       </c>
       <c r="F115" s="4">
         <v>46154</v>
       </c>
       <c r="G115" s="3">
-        <v>1216658.3466640001</v>
-[...2 lines deleted...]
-    <row r="116" spans="2:7" x14ac:dyDescent="0.45">
+        <v>4744793.17</v>
+      </c>
+    </row>
+    <row r="116" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D116" s="4">
-        <v>46265</v>
+        <v>46234</v>
       </c>
       <c r="E116" s="4">
         <v>45755</v>
       </c>
       <c r="F116" s="4">
         <v>46154</v>
       </c>
       <c r="G116" s="3">
-        <v>5049441.8499999996</v>
-[...2 lines deleted...]
-    <row r="117" spans="2:7" x14ac:dyDescent="0.45">
+        <v>5297884.97</v>
+      </c>
+    </row>
+    <row r="117" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B117" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D117" s="4">
-        <v>46173</v>
+        <v>46265</v>
       </c>
       <c r="E117" s="4">
         <v>45755</v>
       </c>
       <c r="F117" s="4">
-        <v>46091</v>
+        <v>46154</v>
       </c>
       <c r="G117" s="3">
-        <v>128587491</v>
-[...2 lines deleted...]
-    <row r="118" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>1200926.23</v>
+      </c>
+    </row>
+    <row r="118" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D118" s="2"/>
+      <c r="D118" s="4">
+        <v>46265</v>
+      </c>
       <c r="E118" s="4">
-        <v>45699</v>
+        <v>45755</v>
       </c>
       <c r="F118" s="4">
-        <v>46245</v>
+        <v>46154</v>
       </c>
       <c r="G118" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="119" spans="2:7" x14ac:dyDescent="0.45">
+        <v>4884028.68</v>
+      </c>
+    </row>
+    <row r="119" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B119" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D119" s="4">
-        <v>46081</v>
+        <v>46173</v>
       </c>
       <c r="E119" s="4">
-        <v>45685</v>
+        <v>45755</v>
       </c>
       <c r="F119" s="4">
-        <v>46021</v>
+        <v>46091</v>
       </c>
       <c r="G119" s="3">
-        <v>1802037.52</v>
-[...2 lines deleted...]
-    <row r="120" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>119157842</v>
+      </c>
+    </row>
+    <row r="120" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B120" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D120" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D120" s="2"/>
       <c r="E120" s="4">
-        <v>45685</v>
+        <v>45699</v>
       </c>
       <c r="F120" s="4">
-        <v>45958</v>
+        <v>46245</v>
       </c>
       <c r="G120" s="3">
-        <v>11363965.279999999</v>
-[...2 lines deleted...]
-    <row r="121" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B121" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D121" s="4">
-        <v>46005</v>
+        <v>46387</v>
       </c>
       <c r="E121" s="4">
         <v>45685</v>
       </c>
       <c r="F121" s="4">
-        <v>45958</v>
+        <v>46294</v>
       </c>
       <c r="G121" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="122" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="122" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B122" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D122" s="4">
-        <v>47118</v>
+        <v>46112</v>
       </c>
       <c r="E122" s="4">
         <v>45685</v>
       </c>
       <c r="F122" s="4">
-        <v>45958</v>
+        <v>46077</v>
       </c>
       <c r="G122" s="3">
-        <v>27323611.420000002</v>
-[...2 lines deleted...]
-    <row r="123" spans="2:7" x14ac:dyDescent="0.45">
+        <v>11184509.83</v>
+      </c>
+    </row>
+    <row r="123" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D123" s="4">
         <v>46173</v>
       </c>
       <c r="E123" s="4">
         <v>45636</v>
       </c>
       <c r="F123" s="4">
         <v>46427</v>
       </c>
       <c r="G123" s="3">
-        <v>818036.96666399995</v>
-[...2 lines deleted...]
-    <row r="124" spans="2:7" x14ac:dyDescent="0.45">
+        <v>795572.96</v>
+      </c>
+    </row>
+    <row r="124" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D124" s="4">
         <v>46142</v>
       </c>
       <c r="E124" s="4">
         <v>45636</v>
       </c>
       <c r="F124" s="4">
         <v>46364</v>
       </c>
       <c r="G124" s="3">
-        <v>2443847.1800000002</v>
-[...2 lines deleted...]
-    <row r="125" spans="2:7" x14ac:dyDescent="0.45">
+        <v>2350648.54</v>
+      </c>
+    </row>
+    <row r="125" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D125" s="4">
         <v>46507</v>
       </c>
       <c r="E125" s="4">
         <v>45636</v>
       </c>
       <c r="F125" s="4">
         <v>46364</v>
       </c>
       <c r="G125" s="3">
-        <v>8010816.46</v>
-[...2 lines deleted...]
-    <row r="126" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>7849921.75</v>
+      </c>
+    </row>
+    <row r="126" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B126" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D126" s="4">
         <v>46387</v>
       </c>
       <c r="E126" s="4">
         <v>45636</v>
       </c>
       <c r="F126" s="4">
         <v>46308</v>
       </c>
       <c r="G126" s="3">
-        <v>49436309.376000002</v>
-[...2 lines deleted...]
-    <row r="127" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>47391754.365999997</v>
+      </c>
+    </row>
+    <row r="127" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B127" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D127" s="4">
         <v>46387</v>
       </c>
       <c r="E127" s="4">
         <v>45636</v>
       </c>
       <c r="F127" s="4">
         <v>46308</v>
       </c>
       <c r="G127" s="3">
-        <v>18237149.93</v>
-[...2 lines deleted...]
-    <row r="128" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>17623267.710000001</v>
+      </c>
+    </row>
+    <row r="128" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B128" s="2" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D128" s="4">
-        <v>46387</v>
+        <v>46203</v>
       </c>
       <c r="E128" s="4">
         <v>45636</v>
       </c>
       <c r="F128" s="4">
         <v>46308</v>
       </c>
       <c r="G128" s="3">
-        <v>20156828.620000001</v>
-[...2 lines deleted...]
-    <row r="129" spans="2:7" x14ac:dyDescent="0.45">
+        <v>36277695.689999998</v>
+      </c>
+    </row>
+    <row r="129" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B129" s="2" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D129" s="4">
-        <v>46387</v>
+        <v>46203</v>
       </c>
       <c r="E129" s="4">
         <v>45636</v>
       </c>
       <c r="F129" s="4">
-        <v>46273</v>
+        <v>46308</v>
       </c>
       <c r="G129" s="3">
-        <v>65228756.32</v>
-[...2 lines deleted...]
-    <row r="130" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>9239814.4600000009</v>
+      </c>
+    </row>
+    <row r="130" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B130" s="2" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D130" s="4">
-        <v>46203</v>
+        <v>46387</v>
       </c>
       <c r="E130" s="4">
         <v>45636</v>
       </c>
       <c r="F130" s="4">
-        <v>46126</v>
+        <v>46308</v>
       </c>
       <c r="G130" s="3">
-        <v>568046216.08333194</v>
-[...2 lines deleted...]
-    <row r="131" spans="2:7" x14ac:dyDescent="0.45">
+        <v>19489806.940000001</v>
+      </c>
+    </row>
+    <row r="131" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B131" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D131" s="4">
-        <v>46203</v>
+        <v>46387</v>
       </c>
       <c r="E131" s="4">
         <v>45636</v>
       </c>
       <c r="F131" s="4">
-        <v>46126</v>
+        <v>46273</v>
       </c>
       <c r="G131" s="3">
-        <v>130559741.333332</v>
-[...2 lines deleted...]
-    <row r="132" spans="2:7" x14ac:dyDescent="0.45">
+        <v>63055028.170000002</v>
+      </c>
+    </row>
+    <row r="132" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B132" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D132" s="4">
         <v>46173</v>
       </c>
       <c r="E132" s="4">
         <v>45636</v>
       </c>
       <c r="F132" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G132" s="3">
-        <v>46927173.386</v>
-[...2 lines deleted...]
-    <row r="133" spans="2:7" x14ac:dyDescent="0.45">
+        <v>33537964.940000001</v>
+      </c>
+    </row>
+    <row r="133" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B133" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D133" s="4">
-        <v>46173</v>
+        <v>46203</v>
       </c>
       <c r="E133" s="4">
         <v>45636</v>
       </c>
       <c r="F133" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G133" s="3">
-        <v>38476198.596663997</v>
-[...2 lines deleted...]
-    <row r="134" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>547487674.29999995</v>
+      </c>
+    </row>
+    <row r="134" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B134" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D134" s="4">
         <v>46203</v>
       </c>
       <c r="E134" s="4">
         <v>45636</v>
       </c>
       <c r="F134" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G134" s="3">
-        <v>37121570.266663998</v>
-[...2 lines deleted...]
-    <row r="135" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>127196688.36</v>
+      </c>
+    </row>
+    <row r="135" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B135" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D135" s="4">
-        <v>46203</v>
+        <v>46173</v>
       </c>
       <c r="E135" s="4">
         <v>45636</v>
       </c>
       <c r="F135" s="4">
         <v>46091</v>
       </c>
       <c r="G135" s="3">
-        <v>9428926.3100000005</v>
-[...2 lines deleted...]
-    <row r="136" spans="2:7" x14ac:dyDescent="0.45">
+        <v>5996966.0099999998</v>
+      </c>
+    </row>
+    <row r="136" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B136" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D136" s="4">
-        <v>46203</v>
+        <v>46142</v>
       </c>
       <c r="E136" s="4">
         <v>45636</v>
       </c>
       <c r="F136" s="4">
         <v>46091</v>
       </c>
       <c r="G136" s="3">
-        <v>19950508.32</v>
-[...2 lines deleted...]
-    <row r="137" spans="2:7" x14ac:dyDescent="0.45">
+        <v>41099047.549999997</v>
+      </c>
+    </row>
+    <row r="137" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B137" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D137" s="4">
-        <v>46203</v>
+        <v>46142</v>
       </c>
       <c r="E137" s="4">
         <v>45636</v>
       </c>
       <c r="F137" s="4">
         <v>46091</v>
       </c>
       <c r="G137" s="3">
-        <v>43402780.240000002</v>
-[...2 lines deleted...]
-    <row r="138" spans="2:7" x14ac:dyDescent="0.45">
+        <v>156939355.16</v>
+      </c>
+    </row>
+    <row r="138" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B138" s="2" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="D138" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D138" s="2"/>
       <c r="E138" s="4">
         <v>45636</v>
       </c>
       <c r="F138" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G138" s="3">
-        <v>6224366.0599999996</v>
-[...2 lines deleted...]
-    <row r="139" spans="2:7" x14ac:dyDescent="0.45">
+        <v>5962540</v>
+      </c>
+    </row>
+    <row r="139" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B139" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D139" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D139" s="2"/>
       <c r="E139" s="4">
         <v>45636</v>
       </c>
       <c r="F139" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G139" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="140" spans="2:7" x14ac:dyDescent="0.45">
+        <v>39944249</v>
+      </c>
+    </row>
+    <row r="140" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B140" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="D140" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="4">
         <v>45636</v>
       </c>
       <c r="F140" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G140" s="3">
-        <v>42747163.133331999</v>
-[...2 lines deleted...]
-    <row r="141" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>32479109</v>
+      </c>
+    </row>
+    <row r="141" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B141" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D141" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D141" s="2"/>
       <c r="E141" s="4">
         <v>45636</v>
       </c>
       <c r="F141" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G141" s="3">
-        <v>159642448.37</v>
-[...2 lines deleted...]
-    <row r="142" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>9467240</v>
+      </c>
+    </row>
+    <row r="142" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B142" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D142" s="2"/>
+      <c r="D142" s="4">
+        <v>46173</v>
+      </c>
       <c r="E142" s="4">
         <v>45636</v>
       </c>
       <c r="F142" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G142" s="3">
-        <v>5996455</v>
-[...2 lines deleted...]
-    <row r="143" spans="2:7" x14ac:dyDescent="0.45">
+        <v>45571326.245999999</v>
+      </c>
+    </row>
+    <row r="143" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B143" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D143" s="2"/>
+      <c r="D143" s="4">
+        <v>46173</v>
+      </c>
       <c r="E143" s="4">
         <v>45636</v>
       </c>
       <c r="F143" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G143" s="3">
-        <v>40853622</v>
-[...2 lines deleted...]
-    <row r="144" spans="2:7" x14ac:dyDescent="0.45">
+        <v>37491163.700000003</v>
+      </c>
+    </row>
+    <row r="144" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B144" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="D144" s="2"/>
+      <c r="D144" s="4">
+        <v>46203</v>
+      </c>
       <c r="E144" s="4">
         <v>45636</v>
       </c>
       <c r="F144" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G144" s="3">
-        <v>32940801</v>
-[...2 lines deleted...]
-    <row r="145" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>19433017.34</v>
+      </c>
+    </row>
+    <row r="145" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B145" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="D145" s="2"/>
+      <c r="D145" s="4">
+        <v>46203</v>
+      </c>
       <c r="E145" s="4">
         <v>45636</v>
       </c>
       <c r="F145" s="4">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="G145" s="3">
-        <v>9578898</v>
-[...2 lines deleted...]
-    <row r="146" spans="2:7" x14ac:dyDescent="0.45">
+        <v>42056938.049999997</v>
+      </c>
+    </row>
+    <row r="146" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B146" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="D146" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D146" s="2"/>
       <c r="E146" s="4">
-        <v>45636</v>
+        <v>45608</v>
       </c>
       <c r="F146" s="4">
-        <v>46063</v>
+        <v>46182</v>
       </c>
       <c r="G146" s="3">
-        <v>34702703.840000004</v>
-[...2 lines deleted...]
-    <row r="147" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B147" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="4">
         <v>45608</v>
       </c>
       <c r="F147" s="4">
-        <v>46182</v>
+        <v>46154</v>
       </c>
       <c r="G147" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="148" spans="2:7" x14ac:dyDescent="0.45">
+    <row r="148" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B148" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D148" s="2"/>
+      <c r="D148" s="4">
+        <v>46203</v>
+      </c>
       <c r="E148" s="4">
-        <v>45608</v>
+        <v>45594</v>
       </c>
       <c r="F148" s="4">
-        <v>46154</v>
+        <v>46126</v>
       </c>
       <c r="G148" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="149" spans="2:7" x14ac:dyDescent="0.45">
+        <v>1401267.01</v>
+      </c>
+    </row>
+    <row r="149" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B149" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="D149" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="4">
-        <v>45594</v>
+        <v>45580</v>
       </c>
       <c r="F149" s="4">
-        <v>46126</v>
+        <v>46154</v>
       </c>
       <c r="G149" s="3">
-        <v>1437567.01</v>
-[...2 lines deleted...]
-    <row r="150" spans="2:7" x14ac:dyDescent="0.45">
+        <v>18390244</v>
+      </c>
+    </row>
+    <row r="150" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B150" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="D150" s="2"/>
+      <c r="D150" s="4">
+        <v>46477</v>
+      </c>
       <c r="E150" s="4">
-        <v>45580</v>
+        <v>45573</v>
       </c>
       <c r="F150" s="4">
-        <v>46154</v>
+        <v>46364</v>
       </c>
       <c r="G150" s="3">
-        <v>18713211</v>
-[...2 lines deleted...]
-    <row r="151" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>4124091.5</v>
+      </c>
+    </row>
+    <row r="151" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D151" s="4">
-        <v>46477</v>
+        <v>46387</v>
       </c>
       <c r="E151" s="4">
         <v>45573</v>
       </c>
       <c r="F151" s="4">
-        <v>46364</v>
+        <v>46273</v>
       </c>
       <c r="G151" s="3">
-        <v>4241165.4233320002</v>
-[...2 lines deleted...]
-    <row r="152" spans="2:7" x14ac:dyDescent="0.45">
+        <v>33041061.210000001</v>
+      </c>
+    </row>
+    <row r="152" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B152" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D152" s="4">
-        <v>46387</v>
+        <v>46112</v>
       </c>
       <c r="E152" s="4">
         <v>45573</v>
       </c>
       <c r="F152" s="4">
-        <v>46273</v>
+        <v>46063</v>
       </c>
       <c r="G152" s="3">
-        <v>33933415.106664002</v>
-[...2 lines deleted...]
-    <row r="153" spans="2:7" x14ac:dyDescent="0.45">
+        <v>352980118.77999997</v>
+      </c>
+    </row>
+    <row r="153" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B153" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D153" s="4">
-        <v>46112</v>
+        <v>46387</v>
       </c>
       <c r="E153" s="4">
-        <v>45573</v>
+        <v>45482</v>
       </c>
       <c r="F153" s="4">
-        <v>46063</v>
+        <v>46273</v>
       </c>
       <c r="G153" s="3">
-        <v>364176209.68000001</v>
-[...2 lines deleted...]
-    <row r="154" spans="2:7" x14ac:dyDescent="0.45">
+        <v>17343194.760000002</v>
+      </c>
+    </row>
+    <row r="154" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B154" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D154" s="4">
-        <v>46387</v>
+        <v>46326</v>
       </c>
       <c r="E154" s="4">
         <v>45482</v>
       </c>
       <c r="F154" s="4">
-        <v>46273</v>
+        <v>46217</v>
       </c>
       <c r="G154" s="3">
-        <v>18212795.926663999</v>
-[...2 lines deleted...]
-    <row r="155" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>10117801.93</v>
+      </c>
+    </row>
+    <row r="155" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B155" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D155" s="4">
-        <v>46326</v>
+        <v>46234</v>
       </c>
       <c r="E155" s="4">
-        <v>45482</v>
+        <v>45391</v>
       </c>
       <c r="F155" s="4">
-        <v>46126</v>
+        <v>46490</v>
       </c>
       <c r="G155" s="3">
-        <v>10534470.036664</v>
-[...2 lines deleted...]
-    <row r="156" spans="2:7" x14ac:dyDescent="0.45">
+        <v>64686376.75</v>
+      </c>
+    </row>
+    <row r="156" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B156" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D156" s="4">
-        <v>46022</v>
+        <v>46294.958333333299</v>
       </c>
       <c r="E156" s="4">
-        <v>45482</v>
+        <v>45286</v>
       </c>
       <c r="F156" s="4">
-        <v>46063</v>
+        <v>46203</v>
       </c>
       <c r="G156" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="157" spans="2:7" x14ac:dyDescent="0.45">
+        <v>1219584.046632</v>
+      </c>
+    </row>
+    <row r="157" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B157" s="2" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D157" s="4">
-        <v>46234</v>
+        <v>46203</v>
       </c>
       <c r="E157" s="4">
-        <v>45391</v>
+        <v>45286</v>
       </c>
       <c r="F157" s="4">
-        <v>46490</v>
+        <v>46140</v>
       </c>
       <c r="G157" s="3">
-        <v>66591864.719999999</v>
-[...2 lines deleted...]
-    <row r="158" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>19657943</v>
+      </c>
+    </row>
+    <row r="158" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B158" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D158" s="4">
-        <v>46294.958333333299</v>
+        <v>46142</v>
       </c>
       <c r="E158" s="4">
         <v>45286</v>
       </c>
       <c r="F158" s="4">
-        <v>46203</v>
+        <v>46077</v>
       </c>
       <c r="G158" s="3">
-        <v>1241127.4466319999</v>
-[...2 lines deleted...]
-    <row r="159" spans="2:7" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B159" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D159" s="4">
-        <v>46203</v>
+        <v>46142</v>
       </c>
       <c r="E159" s="4">
-        <v>45286</v>
+        <v>45271</v>
       </c>
       <c r="F159" s="4">
-        <v>46140</v>
+        <v>46126</v>
       </c>
       <c r="G159" s="3">
-        <v>19657943</v>
-[...2 lines deleted...]
-    <row r="160" spans="2:7" x14ac:dyDescent="0.45">
+        <v>3159784.49</v>
+      </c>
+    </row>
+    <row r="160" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
       <c r="B160" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D160" s="4">
-        <v>46142</v>
+        <v>46295</v>
       </c>
       <c r="E160" s="4">
-        <v>45286</v>
+        <v>45223</v>
       </c>
       <c r="F160" s="4">
-        <v>46049</v>
+        <v>46231</v>
       </c>
       <c r="G160" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="161" spans="2:7" ht="25.5" x14ac:dyDescent="0.45">
+        <v>2664302</v>
+      </c>
+    </row>
+    <row r="161" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
       <c r="B161" s="2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D161" s="4">
-        <v>46752</v>
+        <v>46112</v>
       </c>
       <c r="E161" s="4">
-        <v>45286</v>
+        <v>45152</v>
       </c>
       <c r="F161" s="4">
-        <v>45958</v>
+        <v>46273</v>
       </c>
       <c r="G161" s="3">
-        <v>30337966</v>
-[...2 lines deleted...]
-    <row r="162" spans="2:7" x14ac:dyDescent="0.45">
+        <v>5691647.9266640004</v>
+      </c>
+    </row>
+    <row r="162" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
       <c r="B162" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="D162" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D162" s="2"/>
       <c r="E162" s="4">
-        <v>45271</v>
+        <v>45152</v>
       </c>
       <c r="F162" s="4">
-        <v>46063</v>
+        <v>46273</v>
       </c>
       <c r="G162" s="3">
-        <v>3233656.76</v>
-[...2 lines deleted...]
-    <row r="163" spans="2:7" ht="38.25" x14ac:dyDescent="0.45">
+        <v>4466248</v>
+      </c>
+    </row>
+    <row r="163" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B163" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D163" s="4">
-        <v>46295</v>
+        <v>46387</v>
       </c>
       <c r="E163" s="4">
-        <v>45223</v>
+        <v>44844</v>
       </c>
       <c r="F163" s="4">
-        <v>45930</v>
+        <v>46273</v>
       </c>
       <c r="G163" s="3">
-        <v>2692182</v>
-[...2 lines deleted...]
-    <row r="164" spans="2:7" ht="38.25" x14ac:dyDescent="0.45">
+        <v>130554953</v>
+      </c>
+    </row>
+    <row r="164" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B164" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D164" s="4">
-        <v>46112</v>
+        <v>46386</v>
       </c>
       <c r="E164" s="4">
-        <v>45152</v>
+        <v>44844</v>
       </c>
       <c r="F164" s="4">
-        <v>46063</v>
+        <v>46273</v>
       </c>
       <c r="G164" s="3">
-        <v>6005161.9266640004</v>
-[...2 lines deleted...]
-    <row r="165" spans="2:7" ht="38.25" x14ac:dyDescent="0.45">
+        <v>23887178.780000001</v>
+      </c>
+    </row>
+    <row r="165" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B165" s="2" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D165" s="2"/>
+      <c r="D165" s="4">
+        <v>46418</v>
+      </c>
       <c r="E165" s="4">
-        <v>45152</v>
+        <v>44713</v>
       </c>
       <c r="F165" s="4">
-        <v>46063</v>
+        <v>46350</v>
       </c>
       <c r="G165" s="3">
-        <v>4510640</v>
-[...2 lines deleted...]
-    <row r="166" spans="2:7" x14ac:dyDescent="0.45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B166" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D166" s="4">
-        <v>46387</v>
+        <v>46387.083333333299</v>
       </c>
       <c r="E166" s="4">
-        <v>44844</v>
+        <v>44713</v>
       </c>
       <c r="F166" s="4">
-        <v>46273</v>
+        <v>46322</v>
       </c>
       <c r="G166" s="3">
-        <v>131774014</v>
-[...2 lines deleted...]
-    <row r="167" spans="2:7" x14ac:dyDescent="0.45">
+        <v>989987</v>
+      </c>
+    </row>
+    <row r="167" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B167" s="2" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D167" s="4">
-        <v>46386</v>
+        <v>46203</v>
       </c>
       <c r="E167" s="4">
-        <v>44844</v>
+        <v>44713</v>
       </c>
       <c r="F167" s="4">
-        <v>46273</v>
+        <v>46077</v>
       </c>
       <c r="G167" s="3">
-        <v>24337003.886663999</v>
-[...2 lines deleted...]
-    <row r="168" spans="2:7" x14ac:dyDescent="0.45">
+        <v>49645760.369999997</v>
+      </c>
+    </row>
+    <row r="168" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B168" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D168" s="4">
-        <v>46418</v>
+        <v>46173</v>
       </c>
       <c r="E168" s="4">
-        <v>44713</v>
+        <v>44543</v>
       </c>
       <c r="F168" s="4">
-        <v>45986</v>
+        <v>46091</v>
       </c>
       <c r="G168" s="3">
-        <v>0</v>
-[...61 lines deleted...]
-    </row>
+        <v>2420951.73</v>
+      </c>
+    </row>
+    <row r="169" spans="2:7" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="B5:I5"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>