--- v3 (2026-02-16)
+++ v4 (2026-03-08)
@@ -1,378 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vizientinc-my.sharepoint.com/personal/sara_holmgren_vizientinc_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6" documentId="11_A4EA6A9682825AB7BEC60A0681F3F6192DFAB33C" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6E0A4FB8-8C73-4BAE-834A-2956F24D59BE}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="11_A44A6A89A2AF08FCF84527E060FBE9D9EEF23682" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CD8FB485-B764-4818-8A76-1A550F1AE5DB}"/>
   <bookViews>
-    <workbookView xWindow="2340" yWindow="2340" windowWidth="21600" windowHeight="12405" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="7020" yWindow="375" windowWidth="21600" windowHeight="12405" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Bid Calendar &amp; In Process" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Bid Calendar &amp; In Process'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="331" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="174">
   <si>
     <t>Bid Calendar &amp; In Process</t>
   </si>
   <si>
     <t>Prepared for Captis</t>
   </si>
   <si>
     <t>2026 - Confidential | Captis Membership Only | Not for external distribution</t>
   </si>
   <si>
     <t>Spend Category</t>
   </si>
   <si>
     <t>Initiative Name</t>
   </si>
   <si>
     <t>Current Contract End Date</t>
   </si>
   <si>
     <t>Bid Calendar Approval Date</t>
   </si>
   <si>
     <t>New Contract Approval Date - Estimated</t>
   </si>
   <si>
     <t>Captis Spend</t>
   </si>
   <si>
+    <t>Pharmacy</t>
+  </si>
+  <si>
+    <t>Bupivacaine Liposome Injectable Suspension - 2026</t>
+  </si>
+  <si>
+    <t>Medical Devices</t>
+  </si>
+  <si>
+    <t>Neuromodulation - TPNS - 2026</t>
+  </si>
+  <si>
     <t>Clinical Preference</t>
   </si>
   <si>
     <t>Point of Care Testing - 2024</t>
   </si>
   <si>
-    <t>Medical Devices</t>
-[...1 lines deleted...]
-  <si>
     <t>Surgical Counting and Detection - 2026</t>
   </si>
   <si>
     <t>Automated External Defibrillators (AED)</t>
   </si>
   <si>
-    <t>Pharmacy</t>
-[...1 lines deleted...]
-  <si>
     <t>4-Factor PCC 2027</t>
   </si>
   <si>
     <t>Rituximab 2027</t>
   </si>
   <si>
     <t>Trastuzumab 2027</t>
   </si>
   <si>
     <t>Long-Acting Granulocyte-Colony Stimulating Factor 2027</t>
   </si>
   <si>
     <t>RhoD Immune Globulin 2027</t>
   </si>
   <si>
     <t>Adalimumab 2026</t>
   </si>
   <si>
     <t>IVIG, ALBUMIN, and PCC 2026</t>
   </si>
   <si>
     <t>Rabies Immunoglobulin 2026</t>
   </si>
   <si>
-    <t>Pharmacy Distribution 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Fifth-Generation Cephalosporin 2026</t>
   </si>
   <si>
     <t>Epoprostenol 2026</t>
   </si>
   <si>
+    <t>Bendamustine 2026</t>
+  </si>
+  <si>
+    <t>Patient Skin Care - Fabric - 2027</t>
+  </si>
+  <si>
+    <t>Patient Skin Care 2027</t>
+  </si>
+  <si>
+    <t>Total Casting Systems - 2027</t>
+  </si>
+  <si>
+    <t>Commodity</t>
+  </si>
+  <si>
+    <t>Sanitary Paper - 2027</t>
+  </si>
+  <si>
+    <t>Specialty Bags - 2027</t>
+  </si>
+  <si>
+    <t>Waterless (Brushless) Surgical Hand Scrubs - 2027</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Bone Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Breast Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Biopsy Instruments and Needles - Soft Tissue Core Biopsy - 2027</t>
+  </si>
+  <si>
+    <t>Craniomaxillofacial Implants &amp; Accessories - Cranial and Facial - 2027</t>
+  </si>
+  <si>
+    <t>Craniomaxillofacial Implants &amp; Accessories - Thoracic - 2027</t>
+  </si>
+  <si>
+    <t>Disposable Tourniquets - 2027</t>
+  </si>
+  <si>
+    <t>Kyphoplasty and Vertebroplasty - 2027</t>
+  </si>
+  <si>
     <t>Additional Products</t>
   </si>
   <si>
-    <t>Coagulation Testing - 2026</t>
-[...2 lines deleted...]
-    <t>Bendamustine 2026</t>
+    <t>Third Party Instrument &amp; Scope Repair - 2026</t>
+  </si>
+  <si>
+    <t>Vendor/Contractor Credentialing and Visitor Management - 2026</t>
+  </si>
+  <si>
+    <t>Denosumab - 2026</t>
+  </si>
+  <si>
+    <t>Ustekinumab - 2025</t>
+  </si>
+  <si>
+    <t>Medication Delivery Devices - 2027</t>
+  </si>
+  <si>
+    <t>Non-Invasive Airway Clearance - PEP/PAP Handheld - 2027</t>
+  </si>
+  <si>
+    <t>Non-Invasive Airway Clearance - Pneumatic Lung Expansion - 2027</t>
+  </si>
+  <si>
+    <t>Phlebotomy - Lancets - 2027</t>
+  </si>
+  <si>
+    <t>Sterility Assurance Products - 2027</t>
+  </si>
+  <si>
+    <t>CHG Cloths - 2027</t>
+  </si>
+  <si>
+    <t>Cochlear Implants - 2027</t>
+  </si>
+  <si>
+    <t>ENT Products - 2027</t>
+  </si>
+  <si>
+    <t>Enteral and Oral Syringes - 2027</t>
+  </si>
+  <si>
+    <t>Iodophor Preoperative Skin Prep - 2027</t>
+  </si>
+  <si>
+    <t>Medical Tapes &amp; Self Adherent Wraps - 2027</t>
+  </si>
+  <si>
+    <t>Nasogastric Feeding Tubes - Adult - 2027</t>
+  </si>
+  <si>
+    <t>Nasogastric Feeding Tubes - Neonatal - 2027</t>
+  </si>
+  <si>
+    <t>Patient Cleansing Products - 2027</t>
+  </si>
+  <si>
+    <t>Percutaneous Tubes - 2027</t>
+  </si>
+  <si>
+    <t>Transparent Dressings - 2027</t>
+  </si>
+  <si>
+    <t>Basic Electrosurgery Products - 2027</t>
+  </si>
+  <si>
+    <t>Disposable Patient Positioners - 2027</t>
+  </si>
+  <si>
+    <t>Environmental Services Distribution - 2027</t>
+  </si>
+  <si>
+    <t>Gynecological Ablation - 2027</t>
+  </si>
+  <si>
+    <t>Gynecological Hysteroscopic Tissue Removal Products - 2027</t>
+  </si>
+  <si>
+    <t>Motorized Localized Cold Therapy - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Coils - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Diagnostic Supplies - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Drug Coated Balloons - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Drug Eluting Stents - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Interventional Supplies - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - IVC Filters - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Specialty - 2027</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular - Thrombectomy - 2027</t>
+  </si>
+  <si>
+    <t>Postoperative Pain Pumps PCA - 2027</t>
+  </si>
+  <si>
+    <t>Glucose Meters - 2026</t>
+  </si>
+  <si>
+    <t>Cassettes and Cassette Printers - 2025</t>
   </si>
   <si>
     <t>Automated Grossing Station - 2026</t>
   </si>
   <si>
-    <t>Patient Skin Care - Fabric - 2027</t>
-[...151 lines deleted...]
-  <si>
     <t>Indirects</t>
   </si>
   <si>
     <t>Document Storage and Destruction - 2026</t>
   </si>
   <si>
     <t>Elevator and Escalator Maintenance - 2026</t>
   </si>
   <si>
     <t>Freight Management - 2026</t>
   </si>
   <si>
     <t>Medical Gases - 2026</t>
   </si>
   <si>
+    <t>Medical Waste Stream Management - 2026</t>
+  </si>
+  <si>
     <t>Pre-Employment Services - 2026</t>
   </si>
   <si>
-    <t>Waste Stream Management - 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Patient Footwear - 2027</t>
   </si>
   <si>
     <t>Smoke Evacuation - 2027</t>
   </si>
   <si>
     <t>Thermal Packs - 2027</t>
   </si>
   <si>
     <t>Casting and Splinting Products - 2027</t>
   </si>
   <si>
     <t>Diagnostic Procedure Trays - 2027</t>
   </si>
   <si>
     <t>Exam Gloves - 2026</t>
   </si>
   <si>
     <t>Feeding Pumps and Pump Sets - 2026</t>
   </si>
   <si>
     <t>Gastrointestinal Decompression Tubes - 2026</t>
   </si>
   <si>
     <t>Pneumatic Compression Devices - 2026</t>
   </si>
   <si>
-    <t>IT Value-Added (VAR) 2026</t>
+    <t>IT Value-Added (VAR) 2027</t>
   </si>
   <si>
     <t>Staffing Services - 2026</t>
   </si>
   <si>
     <t>Desktops and Laptops - 2026</t>
   </si>
   <si>
     <t>Clinical Equipment Parts &amp; Services - 2026</t>
   </si>
   <si>
     <t>Maintenance Repair and Operations (MRO) Products - 2026</t>
   </si>
   <si>
+    <t>Lab Distribution - 2026</t>
+  </si>
+  <si>
     <t>Adhesive Drapes - 2026</t>
   </si>
   <si>
     <t>Anesthesia Masks and Circuits - 2026</t>
   </si>
   <si>
     <t>Sterilization Pouches and Packages - 2026</t>
   </si>
   <si>
     <t>Sterilization Wraps - 2026</t>
   </si>
   <si>
     <t>Blood Pressure Cuffs - 2026</t>
   </si>
   <si>
     <t>Disposable Vaginal Speculums - 2026</t>
   </si>
   <si>
     <t>Otoscopes and Ophthalmoscopes - 2026</t>
   </si>
   <si>
     <t>Sphygmomanometers - 2026</t>
   </si>
   <si>
     <t>ABG Kits - 2026</t>
@@ -380,216 +383,207 @@
   <si>
     <t>Chronic Chest and Peritoneal Drainage - 2026</t>
   </si>
   <si>
     <t>Neuromodulation - Deep Brain Stimulation - 2026</t>
   </si>
   <si>
     <t>Neuromodulation - Sacral Nerve Stimulation - 2026</t>
   </si>
   <si>
     <t>Neuromodulation - Spinal Cord Stimulation - 2026</t>
   </si>
   <si>
     <t>Thermometers - 2026</t>
   </si>
   <si>
     <t>Wound Drainage - 2026</t>
   </si>
   <si>
     <t>CHG Preoperative Skin Prep - 2026</t>
   </si>
   <si>
     <t>OR Sponges and Towels - 2026</t>
   </si>
   <si>
+    <t>OR Turnover Kits - 2026</t>
+  </si>
+  <si>
     <t>Patient Care Plastics &amp; Steel Products - 2026</t>
   </si>
   <si>
     <t>Supraglottic Airways - 2026</t>
   </si>
   <si>
     <t>Durable Medical Equipment (DME) - 2026</t>
   </si>
   <si>
     <t>Laryngoscopes - 2026</t>
   </si>
   <si>
     <t>Open Suction Catheters - 2026</t>
   </si>
   <si>
-    <t>OR Turnover Kits - 2026</t>
-[...4 lines deleted...]
-  <si>
     <t>Minor Procedure Trays - Standard - 2026</t>
   </si>
   <si>
     <t>Drug Information and Decision Support Services - 2025</t>
   </si>
   <si>
     <t>Closed System Drug Transfer Devices - 2026</t>
   </si>
   <si>
     <t>Anti-Embolism Stockings - 2027</t>
   </si>
   <si>
     <t>Alcohol Prep Pads - 2026</t>
   </si>
   <si>
     <t>Tracheostomy Tubes - 2026</t>
   </si>
   <si>
-    <t>Medical Device/Pharmacy</t>
-[...1 lines deleted...]
-  <si>
     <t>Contrast Media - CT - 2026</t>
   </si>
   <si>
     <t>Contrast Media - MR - 2026</t>
   </si>
   <si>
     <t>Reusable Surgical Handheld Instruments - Instruments - 2026</t>
   </si>
   <si>
     <t>Reusable Surgical Handheld Instruments - Sterile Containers - 2026</t>
   </si>
   <si>
     <t>Ultrasound Contrast Media - 2026</t>
   </si>
   <si>
     <t>Phlebotomy 2026</t>
   </si>
   <si>
+    <t>Hemostasis - Active - 2026</t>
+  </si>
+  <si>
+    <t>Hemostasis - Passive - 2026</t>
+  </si>
+  <si>
     <t>Incontinence Products - 2026</t>
   </si>
   <si>
+    <t>Surgical Gloves - 2026</t>
+  </si>
+  <si>
     <t>Total Joint Implants - Hips and Knees - 2026</t>
   </si>
   <si>
     <t>Total Joint Implants - Shoulders - 2026</t>
   </si>
   <si>
     <t>Disposable Sharps Containers - 2026</t>
   </si>
   <si>
     <t>GI Infection Prevention - 2026</t>
   </si>
   <si>
     <t>GI Lab Products - Advanced Endoscopy - 2026</t>
   </si>
   <si>
     <t>GI Lab Products - Cholangioscopy Scopes and Accessories - 2026</t>
   </si>
   <si>
     <t>GI Lab Products - General GI - 2026</t>
   </si>
   <si>
     <t>GI Lab Products - GI Hemostasis - 2026</t>
   </si>
   <si>
     <t>GI Lab Products - Manometry and Capsules - 2026</t>
   </si>
   <si>
-    <t>Hemostasis - Active - 2026</t>
-[...4 lines deleted...]
-  <si>
     <t>Surgical Equipment Covers - 2026</t>
   </si>
   <si>
-    <t>Surgical Gloves - 2026</t>
+    <t>Pneumatic Tourniquet Systems - 2026</t>
   </si>
   <si>
     <t>Personal Protective Equipment - Ortho - 2026</t>
   </si>
   <si>
-    <t>Pneumatic Tourniquet Systems - 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Vasopressin - RTU - 2026</t>
   </si>
   <si>
-    <t>Video Laryngoscopes - 2025</t>
+    <t>Video Laryngoscopes - 2026</t>
   </si>
   <si>
     <t>Disposable Manual Resuscitators - 2026</t>
   </si>
   <si>
     <t>Surgical Nonwovens - 2026</t>
   </si>
   <si>
-    <t>Spinal Implants - 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Infusion Therapy Kits - 2026</t>
   </si>
   <si>
     <t>Vascular Access Products - Dialysis Catheters - 2026</t>
   </si>
   <si>
     <t>Office Products - 2027</t>
   </si>
   <si>
     <t>Skeletal Muscle Relaxant (Ryanodex) - 2026</t>
   </si>
   <si>
     <t>Reverse Pharmacy Distribution - 2026</t>
   </si>
   <si>
-    <t>Injectable Prefilled Syringes - 2025</t>
+    <t>Injectable Prefilled Syringes - 2026</t>
   </si>
   <si>
     <t>Temperature Monitoring Probes - 2026</t>
   </si>
   <si>
     <t>Prefilled Syringes - Sodium Chloride | Sterile Water | 10% Calcium Chloride - 2025</t>
   </si>
   <si>
     <t>Housekeeping Chemicals - Environmental Services Chemicals and Supplies - 2026</t>
   </si>
   <si>
     <t>Housekeeping Chemicals - Hydrogen Peroxide Surface Disinfecting Wipes - 2026</t>
   </si>
   <si>
     <t>IT Value Added Resellers (VAR) - 2025</t>
   </si>
   <si>
     <t>Personal Protective Equipment - 2026</t>
   </si>
   <si>
     <t>DSCSA Software - 2025</t>
   </si>
   <si>
     <t>IV Insulin - Ready-to-Use (RTU) - 2025</t>
   </si>
   <si>
-    <t>Infliximab - 2025</t>
+    <t>Infliximab - 2026</t>
   </si>
   <si>
     <t>Flowmeters &amp; Regulators - 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-10409]&quot;$&quot;#,##0;\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="165" formatCode="[$-10409]m/d/yyyy"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
@@ -1081,51 +1075,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:I169"/>
+  <dimension ref="B1:I168"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="0.140625" customWidth="1"/>
     <col min="2" max="2" width="20.5703125" customWidth="1"/>
     <col min="3" max="3" width="34.28515625" customWidth="1"/>
     <col min="4" max="8" width="13.7109375" customWidth="1"/>
     <col min="9" max="9" width="255" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
@@ -1166,1349 +1160,1343 @@
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="2:9" ht="6.4" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="2:9" ht="51" x14ac:dyDescent="0.25">
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="8" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="3">
-        <v>17444837</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
+        <v>314500</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B10" s="2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
-      <c r="F10" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="F10" s="2"/>
       <c r="G10" s="3">
-        <v>0</v>
+        <v>17444837</v>
       </c>
     </row>
     <row r="11" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="D11" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2"/>
-      <c r="F11" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="F11" s="2"/>
       <c r="G11" s="3">
-        <v>33034494.75</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:9" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B12" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="4">
-        <v>46350</v>
+        <v>46427</v>
       </c>
       <c r="G12" s="3">
-        <v>61867884.240000002</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="4">
-        <v>46477.083333333299</v>
+        <v>46419.083333333299</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="4">
         <v>46350</v>
       </c>
       <c r="G13" s="3">
-        <v>24309193.030000001</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
+        <v>32655121.0266</v>
+      </c>
+    </row>
+    <row r="14" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B14" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="4">
-        <v>46388.083333333299</v>
+        <v>46965</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="4">
-        <v>46322</v>
+        <v>46350</v>
       </c>
       <c r="G14" s="3">
-        <v>18989718.329999998</v>
+        <v>61867884.240000002</v>
       </c>
     </row>
     <row r="15" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="4">
-        <v>46418</v>
+        <v>46477.083333333299</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="4">
-        <v>46322</v>
+        <v>46350</v>
       </c>
       <c r="G15" s="3">
-        <v>1435658.43</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:9" x14ac:dyDescent="0.25">
+        <v>25318243.2533</v>
+      </c>
+    </row>
+    <row r="16" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B16" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="4">
-        <v>46356</v>
+        <v>46388.083333333299</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="4">
-        <v>46294</v>
+        <v>46322</v>
       </c>
       <c r="G16" s="3">
-        <v>93724855.950000003</v>
+        <v>16686003.7733</v>
       </c>
     </row>
     <row r="17" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B17" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="4">
-        <v>46387</v>
+        <v>46418</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="4">
-        <v>46294</v>
+        <v>46322</v>
       </c>
       <c r="G17" s="3">
-        <v>27758416.18</v>
+        <v>1499310.1465960001</v>
       </c>
     </row>
     <row r="18" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B18" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D18" s="4">
-        <v>46387</v>
+        <v>46356</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="4">
         <v>46294</v>
       </c>
       <c r="G18" s="3">
-        <v>142629163.91999999</v>
+        <v>46586579.546648003</v>
       </c>
     </row>
     <row r="19" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B19" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D19" s="4">
-        <v>46327.041666666701</v>
+        <v>46387</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="4">
         <v>46294</v>
       </c>
       <c r="G19" s="3">
-        <v>10021206.449999999</v>
+        <v>144462757.74659601</v>
       </c>
     </row>
     <row r="20" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B20" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="4">
-        <v>46326</v>
+        <v>46387</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="4">
-        <v>46245</v>
+        <v>46294</v>
       </c>
       <c r="G20" s="3">
-        <v>3303041916</v>
+        <v>28360672.053256001</v>
       </c>
     </row>
     <row r="21" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B21" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D21" s="4">
-        <v>46295</v>
+        <v>46327.041666666701</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="4">
-        <v>46217</v>
+        <v>46294</v>
       </c>
       <c r="G21" s="3">
-        <v>5195210</v>
+        <v>11240180.253284</v>
       </c>
     </row>
     <row r="22" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B22" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D22" s="4">
         <v>46295</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="4">
-        <v>46168</v>
+        <v>46217</v>
       </c>
       <c r="G22" s="3">
-        <v>462811.04</v>
+        <v>5195210</v>
       </c>
     </row>
     <row r="23" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B23" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="C23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="2"/>
+      <c r="D23" s="4">
+        <v>46295</v>
+      </c>
       <c r="E23" s="2"/>
       <c r="F23" s="4">
-        <v>46126</v>
+        <v>46168</v>
       </c>
       <c r="G23" s="3">
-        <v>0</v>
+        <v>462811.04</v>
       </c>
     </row>
     <row r="24" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B24" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D24" s="4">
         <v>46173</v>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="4">
-        <v>46091</v>
+        <v>46140</v>
       </c>
       <c r="G24" s="3">
-        <v>7222214.9699999997</v>
+        <v>7480519.7466479996</v>
       </c>
     </row>
     <row r="25" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B25" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="D25" s="4">
+        <v>46630</v>
+      </c>
       <c r="E25" s="4">
-        <v>46309</v>
+        <v>46000</v>
       </c>
       <c r="F25" s="4">
-        <v>46091</v>
+        <v>46546</v>
       </c>
       <c r="G25" s="3">
-        <v>0</v>
+        <v>2113908.6133320001</v>
       </c>
     </row>
     <row r="26" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B26" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D26" s="4">
         <v>46630</v>
       </c>
       <c r="E26" s="4">
         <v>46000</v>
       </c>
       <c r="F26" s="4">
         <v>46546</v>
       </c>
       <c r="G26" s="3">
-        <v>1990082.82</v>
+        <v>12111363.01</v>
       </c>
     </row>
     <row r="27" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B27" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D27" s="4">
         <v>46630</v>
       </c>
       <c r="E27" s="4">
         <v>46000</v>
       </c>
       <c r="F27" s="4">
         <v>46546</v>
       </c>
       <c r="G27" s="3">
-        <v>12012686.960000001</v>
+        <v>938684.57666400005</v>
       </c>
     </row>
     <row r="28" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B28" s="2" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="4">
-        <v>46630</v>
+        <v>46599</v>
       </c>
       <c r="E28" s="4">
         <v>46000</v>
       </c>
       <c r="F28" s="4">
-        <v>46546</v>
+        <v>46518</v>
       </c>
       <c r="G28" s="3">
-        <v>1076777.9099999999</v>
+        <v>25661433.469999999</v>
       </c>
     </row>
     <row r="29" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B29" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D29" s="4">
         <v>46599</v>
       </c>
       <c r="E29" s="4">
         <v>46000</v>
       </c>
       <c r="F29" s="4">
         <v>46518</v>
       </c>
       <c r="G29" s="3">
-        <v>25364447.379999999</v>
-[...2 lines deleted...]
-    <row r="30" spans="2:7" x14ac:dyDescent="0.25">
+        <v>6889652.46</v>
+      </c>
+    </row>
+    <row r="30" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B30" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D30" s="4">
         <v>46599</v>
       </c>
       <c r="E30" s="4">
         <v>46000</v>
       </c>
       <c r="F30" s="4">
         <v>46518</v>
       </c>
       <c r="G30" s="3">
-        <v>6797565.2699999996</v>
+        <v>2788141.1766639999</v>
       </c>
     </row>
     <row r="31" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B31" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D31" s="4">
-        <v>46599</v>
+        <v>46568</v>
       </c>
       <c r="E31" s="4">
         <v>46000</v>
       </c>
       <c r="F31" s="4">
-        <v>46518</v>
+        <v>46490</v>
       </c>
       <c r="G31" s="3">
-        <v>2799963.92</v>
+        <v>6697107.2199999997</v>
       </c>
     </row>
     <row r="32" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D32" s="4">
         <v>46568</v>
       </c>
       <c r="E32" s="4">
         <v>46000</v>
       </c>
       <c r="F32" s="4">
         <v>46490</v>
       </c>
       <c r="G32" s="3">
-        <v>6772318.1600000001</v>
+        <v>29109554.760000002</v>
       </c>
     </row>
     <row r="33" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D33" s="4">
         <v>46568</v>
       </c>
       <c r="E33" s="4">
         <v>46000</v>
       </c>
       <c r="F33" s="4">
         <v>46490</v>
       </c>
       <c r="G33" s="3">
-        <v>29248400.359999999</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>11288533.73</v>
+      </c>
+    </row>
+    <row r="34" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
       <c r="B34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D34" s="4">
         <v>46568</v>
       </c>
       <c r="E34" s="4">
         <v>46000</v>
       </c>
       <c r="F34" s="4">
         <v>46490</v>
       </c>
       <c r="G34" s="3">
-        <v>11274071.59</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
+        <v>62534231.936664</v>
+      </c>
+    </row>
+    <row r="35" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D35" s="4">
         <v>46568</v>
       </c>
       <c r="E35" s="4">
         <v>46000</v>
       </c>
       <c r="F35" s="4">
         <v>46490</v>
       </c>
       <c r="G35" s="3">
-        <v>61372146.43</v>
-[...2 lines deleted...]
-    <row r="36" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>29870154.873332001</v>
+      </c>
+    </row>
+    <row r="36" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B36" s="2" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D36" s="4">
         <v>46568</v>
       </c>
       <c r="E36" s="4">
         <v>46000</v>
       </c>
       <c r="F36" s="4">
         <v>46490</v>
       </c>
       <c r="G36" s="3">
-        <v>29687714.789999999</v>
+        <v>3112905.11</v>
       </c>
     </row>
     <row r="37" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B37" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D37" s="4">
-        <v>46568</v>
+        <v>46552</v>
       </c>
       <c r="E37" s="4">
         <v>46000</v>
       </c>
       <c r="F37" s="4">
         <v>46490</v>
       </c>
       <c r="G37" s="3">
-        <v>3110749.17</v>
-[...2 lines deleted...]
-    <row r="38" spans="2:7" x14ac:dyDescent="0.25">
+        <v>65835340.436664</v>
+      </c>
+    </row>
+    <row r="38" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B38" s="2" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D38" s="4">
-        <v>46552</v>
+        <v>46387</v>
       </c>
       <c r="E38" s="4">
         <v>46000</v>
       </c>
       <c r="F38" s="4">
-        <v>46490</v>
+        <v>46308</v>
       </c>
       <c r="G38" s="3">
-        <v>66868520.229999997</v>
+        <v>39317372</v>
       </c>
     </row>
     <row r="39" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B39" s="2" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D39" s="4">
-        <v>46387</v>
+        <v>46142</v>
       </c>
       <c r="E39" s="4">
         <v>46000</v>
       </c>
       <c r="F39" s="4">
-        <v>46308</v>
+        <v>46126</v>
       </c>
       <c r="G39" s="3">
-        <v>38106372</v>
-[...2 lines deleted...]
-    <row r="40" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B40" s="2" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D40" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="4">
-        <v>46000</v>
+        <v>45992</v>
       </c>
       <c r="F40" s="4">
-        <v>46126</v>
+        <v>46112</v>
       </c>
       <c r="G40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B41" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="4">
         <v>45992</v>
       </c>
       <c r="F41" s="4">
         <v>46112</v>
       </c>
       <c r="G41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B42" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D42" s="2"/>
+      <c r="D42" s="4">
+        <v>46538</v>
+      </c>
       <c r="E42" s="4">
-        <v>45992</v>
+        <v>45944</v>
       </c>
       <c r="F42" s="4">
-        <v>46077</v>
+        <v>46455</v>
       </c>
       <c r="G42" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="43" spans="2:7" x14ac:dyDescent="0.25">
+        <v>6806319.1133319996</v>
+      </c>
+    </row>
+    <row r="43" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B43" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D43" s="4">
         <v>46538</v>
       </c>
       <c r="E43" s="4">
         <v>45944</v>
       </c>
       <c r="F43" s="4">
         <v>46455</v>
       </c>
       <c r="G43" s="3">
-        <v>6896429.0800000001</v>
+        <v>6979397.79</v>
       </c>
     </row>
     <row r="44" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B44" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D44" s="4">
         <v>46538</v>
       </c>
       <c r="E44" s="4">
         <v>45944</v>
       </c>
       <c r="F44" s="4">
         <v>46455</v>
       </c>
       <c r="G44" s="3">
-        <v>6857255.4900000002</v>
-[...2 lines deleted...]
-    <row r="45" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>2303681.6033319999</v>
+      </c>
+    </row>
+    <row r="45" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B45" s="2" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D45" s="4">
         <v>46538</v>
       </c>
       <c r="E45" s="4">
         <v>45944</v>
       </c>
       <c r="F45" s="4">
         <v>46455</v>
       </c>
       <c r="G45" s="3">
-        <v>2381962.31</v>
+        <v>3429081.723332</v>
       </c>
     </row>
     <row r="46" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B46" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D46" s="4">
         <v>46538</v>
       </c>
       <c r="E46" s="4">
         <v>45944</v>
       </c>
       <c r="F46" s="4">
         <v>46455</v>
       </c>
       <c r="G46" s="3">
-        <v>3453946.08</v>
+        <v>17515515.753332</v>
       </c>
     </row>
     <row r="47" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B47" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D47" s="4">
-        <v>46538</v>
+        <v>46507</v>
       </c>
       <c r="E47" s="4">
         <v>45944</v>
       </c>
       <c r="F47" s="4">
-        <v>46455</v>
+        <v>46427</v>
       </c>
       <c r="G47" s="3">
-        <v>17437292.190000001</v>
+        <v>18129624.48</v>
       </c>
     </row>
     <row r="48" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B48" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D48" s="4">
         <v>46507</v>
       </c>
       <c r="E48" s="4">
         <v>45944</v>
       </c>
       <c r="F48" s="4">
         <v>46427</v>
       </c>
       <c r="G48" s="3">
-        <v>17492789.539999999</v>
+        <v>53775814.960000001</v>
       </c>
     </row>
     <row r="49" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D49" s="4">
         <v>46507</v>
       </c>
       <c r="E49" s="4">
         <v>45944</v>
       </c>
       <c r="F49" s="4">
         <v>46427</v>
       </c>
       <c r="G49" s="3">
-        <v>49959552.909999996</v>
+        <v>44318111.503331997</v>
       </c>
     </row>
     <row r="50" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B50" s="2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D50" s="4">
         <v>46507</v>
       </c>
       <c r="E50" s="4">
         <v>45944</v>
       </c>
       <c r="F50" s="4">
         <v>46427</v>
       </c>
       <c r="G50" s="3">
-        <v>43414769.729999997</v>
+        <v>6259455.3766639996</v>
       </c>
     </row>
     <row r="51" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B51" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D51" s="4">
         <v>46507</v>
       </c>
       <c r="E51" s="4">
         <v>45944</v>
       </c>
       <c r="F51" s="4">
         <v>46427</v>
       </c>
       <c r="G51" s="3">
-        <v>6237924.5999999996</v>
-[...2 lines deleted...]
-    <row r="52" spans="2:7" x14ac:dyDescent="0.25">
+        <v>4739750.18</v>
+      </c>
+    </row>
+    <row r="52" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B52" s="2" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D52" s="4">
         <v>46507</v>
       </c>
       <c r="E52" s="4">
         <v>45944</v>
       </c>
       <c r="F52" s="4">
         <v>46427</v>
       </c>
       <c r="G52" s="3">
-        <v>4599141.09</v>
+        <v>14449289.58</v>
       </c>
     </row>
     <row r="53" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B53" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D53" s="4">
         <v>46507</v>
       </c>
       <c r="E53" s="4">
         <v>45944</v>
       </c>
       <c r="F53" s="4">
         <v>46427</v>
       </c>
       <c r="G53" s="3">
-        <v>14306392.02</v>
+        <v>8571916.3233320005</v>
       </c>
     </row>
     <row r="54" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B54" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D54" s="4">
         <v>46507</v>
       </c>
       <c r="E54" s="4">
         <v>45944</v>
       </c>
       <c r="F54" s="4">
         <v>46427</v>
       </c>
       <c r="G54" s="3">
-        <v>8191357.8899999997</v>
-[...2 lines deleted...]
-    <row r="55" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>3868921.2866639998</v>
+      </c>
+    </row>
+    <row r="55" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B55" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D55" s="4">
         <v>46507</v>
       </c>
       <c r="E55" s="4">
         <v>45944</v>
       </c>
       <c r="F55" s="4">
         <v>46427</v>
       </c>
       <c r="G55" s="3">
-        <v>3881084.62</v>
+        <v>15002326.066663999</v>
       </c>
     </row>
     <row r="56" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B56" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D56" s="4">
         <v>46507</v>
       </c>
       <c r="E56" s="4">
         <v>45944</v>
       </c>
       <c r="F56" s="4">
         <v>46427</v>
       </c>
       <c r="G56" s="3">
-        <v>14828664.970000001</v>
+        <v>10156378.766664</v>
       </c>
     </row>
     <row r="57" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B57" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D57" s="4">
         <v>46507</v>
       </c>
       <c r="E57" s="4">
         <v>45944</v>
       </c>
       <c r="F57" s="4">
         <v>46427</v>
       </c>
       <c r="G57" s="3">
-        <v>10106396.810000001</v>
+        <v>11365893.293331999</v>
       </c>
     </row>
     <row r="58" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B58" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D58" s="4">
-        <v>46507</v>
+        <v>46477</v>
       </c>
       <c r="E58" s="4">
         <v>45944</v>
       </c>
       <c r="F58" s="4">
-        <v>46427</v>
+        <v>46399</v>
       </c>
       <c r="G58" s="3">
-        <v>11131227.619999999</v>
+        <v>11860946.786664</v>
       </c>
     </row>
     <row r="59" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B59" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D59" s="4">
         <v>46477</v>
       </c>
       <c r="E59" s="4">
         <v>45944</v>
       </c>
       <c r="F59" s="4">
         <v>46399</v>
       </c>
       <c r="G59" s="3">
-        <v>12222886.390000001</v>
-[...2 lines deleted...]
-    <row r="60" spans="2:7" x14ac:dyDescent="0.25">
+        <v>20493054.879999999</v>
+      </c>
+    </row>
+    <row r="60" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B60" s="2" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D60" s="4">
         <v>46477</v>
       </c>
       <c r="E60" s="4">
         <v>45944</v>
       </c>
       <c r="F60" s="4">
         <v>46399</v>
       </c>
       <c r="G60" s="3">
-        <v>19724978</v>
-[...2 lines deleted...]
-    <row r="61" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B61" s="2" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D61" s="4">
         <v>46477</v>
       </c>
       <c r="E61" s="4">
         <v>45944</v>
       </c>
       <c r="F61" s="4">
         <v>46399</v>
       </c>
       <c r="G61" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="62" spans="2:7" x14ac:dyDescent="0.25">
+        <v>7170348.8700000001</v>
+      </c>
+    </row>
+    <row r="62" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B62" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D62" s="4">
         <v>46477</v>
       </c>
       <c r="E62" s="4">
         <v>45944</v>
       </c>
       <c r="F62" s="4">
         <v>46399</v>
       </c>
       <c r="G62" s="3">
-        <v>7468535.6200000001</v>
+        <v>27176302.443332002</v>
       </c>
     </row>
     <row r="63" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B63" s="2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D63" s="4">
         <v>46477</v>
       </c>
       <c r="E63" s="4">
         <v>45944</v>
       </c>
       <c r="F63" s="4">
         <v>46399</v>
       </c>
       <c r="G63" s="3">
-        <v>26664626.300000001</v>
-[...2 lines deleted...]
-    <row r="64" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>3203336.9</v>
+      </c>
+    </row>
+    <row r="64" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B64" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D64" s="4">
         <v>46477</v>
       </c>
       <c r="E64" s="4">
         <v>45944</v>
       </c>
       <c r="F64" s="4">
         <v>46399</v>
       </c>
       <c r="G64" s="3">
-        <v>3219851.38</v>
-[...2 lines deleted...]
-    <row r="65" spans="2:7" x14ac:dyDescent="0.25">
+        <v>38046179.060000002</v>
+      </c>
+    </row>
+    <row r="65" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B65" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D65" s="4">
         <v>46477</v>
       </c>
       <c r="E65" s="4">
         <v>45944</v>
       </c>
       <c r="F65" s="4">
         <v>46399</v>
       </c>
       <c r="G65" s="3">
-        <v>35642161.93</v>
+        <v>121232399.20333201</v>
       </c>
     </row>
     <row r="66" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B66" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D66" s="4">
         <v>46477</v>
       </c>
       <c r="E66" s="4">
         <v>45944</v>
       </c>
       <c r="F66" s="4">
         <v>46399</v>
       </c>
       <c r="G66" s="3">
-        <v>118903793.95</v>
+        <v>22501827.453331999</v>
       </c>
     </row>
     <row r="67" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B67" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D67" s="4">
         <v>46477</v>
       </c>
       <c r="E67" s="4">
         <v>45944</v>
       </c>
       <c r="F67" s="4">
         <v>46399</v>
       </c>
       <c r="G67" s="3">
-        <v>22830000.91</v>
+        <v>9510690.1400000006</v>
       </c>
     </row>
     <row r="68" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B68" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D68" s="4">
         <v>46477</v>
       </c>
       <c r="E68" s="4">
         <v>45944</v>
       </c>
       <c r="F68" s="4">
         <v>46399</v>
       </c>
       <c r="G68" s="3">
-        <v>9348333.9000000004</v>
-[...2 lines deleted...]
-    <row r="69" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>27606822.559999999</v>
+      </c>
+    </row>
+    <row r="69" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="4">
         <v>46477</v>
       </c>
       <c r="E69" s="4">
         <v>45944</v>
       </c>
       <c r="F69" s="4">
         <v>46399</v>
       </c>
       <c r="G69" s="3">
-        <v>28408621.02</v>
+        <v>6121813.7566640005</v>
       </c>
     </row>
     <row r="70" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D70" s="4">
         <v>46477</v>
       </c>
       <c r="E70" s="4">
         <v>45944</v>
       </c>
       <c r="F70" s="4">
         <v>46399</v>
       </c>
       <c r="G70" s="3">
-        <v>6170511.7199999997</v>
-[...2 lines deleted...]
-    <row r="71" spans="2:7" x14ac:dyDescent="0.25">
+        <v>21064625.773332</v>
+      </c>
+    </row>
+    <row r="71" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B71" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D71" s="4">
         <v>46477</v>
       </c>
       <c r="E71" s="4">
         <v>45944</v>
       </c>
       <c r="F71" s="4">
         <v>46399</v>
       </c>
       <c r="G71" s="3">
-        <v>21044264.309999999</v>
-[...2 lines deleted...]
-    <row r="72" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>91214803.966608003</v>
+      </c>
+    </row>
+    <row r="72" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B72" s="2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D72" s="4">
         <v>46477</v>
       </c>
       <c r="E72" s="4">
         <v>45944</v>
       </c>
       <c r="F72" s="4">
         <v>46399</v>
       </c>
       <c r="G72" s="3">
-        <v>87725995.099999994</v>
+        <v>1729688.56</v>
       </c>
     </row>
     <row r="73" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B73" s="2" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D73" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="4">
         <v>45944</v>
       </c>
       <c r="F73" s="4">
-        <v>46399</v>
+        <v>46273</v>
       </c>
       <c r="G73" s="3">
-        <v>1597057.27</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B74" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="4">
         <v>45944</v>
       </c>
       <c r="F74" s="4">
         <v>46217</v>
       </c>
       <c r="G74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B75" s="2" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="4">
         <v>45944</v>
       </c>
       <c r="F75" s="4">
-        <v>46217</v>
+        <v>46126</v>
       </c>
       <c r="G75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B76" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="4">
         <v>45853</v>
       </c>
       <c r="F76" s="4">
         <v>46217</v>
       </c>
       <c r="G76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B77" s="2" t="s">
@@ -2542,279 +2530,279 @@
       <c r="F78" s="4">
         <v>46217</v>
       </c>
       <c r="G78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B79" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="4">
         <v>45853</v>
       </c>
       <c r="F79" s="4">
         <v>46217</v>
       </c>
       <c r="G79" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="2:7" x14ac:dyDescent="0.25">
+    <row r="80" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B80" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="4">
         <v>45853</v>
       </c>
       <c r="F80" s="4">
         <v>46217</v>
       </c>
       <c r="G80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B81" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="4">
         <v>45853</v>
       </c>
       <c r="F81" s="4">
         <v>46217</v>
       </c>
       <c r="G81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B82" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D82" s="4">
         <v>46446</v>
       </c>
       <c r="E82" s="4">
         <v>45846</v>
       </c>
       <c r="F82" s="4">
         <v>46364</v>
       </c>
       <c r="G82" s="3">
-        <v>5700648.25</v>
+        <v>5816950.8700000001</v>
       </c>
     </row>
     <row r="83" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B83" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D83" s="4">
         <v>46446</v>
       </c>
       <c r="E83" s="4">
         <v>45846</v>
       </c>
       <c r="F83" s="4">
         <v>46364</v>
       </c>
       <c r="G83" s="3">
-        <v>18244322.68</v>
+        <v>18926645.976663999</v>
       </c>
     </row>
     <row r="84" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B84" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D84" s="4">
         <v>46446</v>
       </c>
       <c r="E84" s="4">
         <v>45846</v>
       </c>
       <c r="F84" s="4">
         <v>46364</v>
       </c>
       <c r="G84" s="3">
-        <v>7073321.7400000002</v>
+        <v>7264748.6933319997</v>
       </c>
     </row>
     <row r="85" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B85" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D85" s="4">
         <v>46418</v>
       </c>
       <c r="E85" s="4">
         <v>45846</v>
       </c>
       <c r="F85" s="4">
         <v>46336</v>
       </c>
       <c r="G85" s="3">
-        <v>5163212.96</v>
+        <v>5146747.4800000004</v>
       </c>
     </row>
     <row r="86" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B86" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D86" s="4">
         <v>46418</v>
       </c>
       <c r="E86" s="4">
         <v>45846</v>
       </c>
       <c r="F86" s="4">
         <v>46336</v>
       </c>
       <c r="G86" s="3">
-        <v>3733078.24</v>
+        <v>3704859.2666640002</v>
       </c>
     </row>
     <row r="87" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B87" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D87" s="4">
         <v>46387</v>
       </c>
       <c r="E87" s="4">
         <v>45846</v>
       </c>
       <c r="F87" s="4">
         <v>46308</v>
       </c>
       <c r="G87" s="3">
-        <v>76143233.329971999</v>
+        <v>78452288.753332004</v>
       </c>
     </row>
     <row r="88" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B88" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D88" s="4">
         <v>46387</v>
       </c>
       <c r="E88" s="4">
         <v>45846</v>
       </c>
       <c r="F88" s="4">
         <v>46308</v>
       </c>
       <c r="G88" s="3">
-        <v>4889301.03</v>
+        <v>5151659.7866639998</v>
       </c>
     </row>
     <row r="89" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B89" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D89" s="4">
         <v>46387</v>
       </c>
       <c r="E89" s="4">
         <v>45846</v>
       </c>
       <c r="F89" s="4">
         <v>46308</v>
       </c>
       <c r="G89" s="3">
-        <v>2299069.41</v>
+        <v>2246968.64</v>
       </c>
     </row>
     <row r="90" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B90" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D90" s="4">
         <v>46387</v>
       </c>
       <c r="E90" s="4">
         <v>45846</v>
       </c>
       <c r="F90" s="4">
         <v>46308</v>
       </c>
       <c r="G90" s="3">
-        <v>19376027.800000001</v>
+        <v>19198282.543331999</v>
       </c>
     </row>
     <row r="91" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B91" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="4">
         <v>45756</v>
       </c>
       <c r="F91" s="4">
-        <v>46336</v>
+        <v>46413</v>
       </c>
       <c r="G91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B92" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="4">
         <v>45756</v>
       </c>
       <c r="F92" s="4">
         <v>46217</v>
       </c>
       <c r="G92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B93" s="2" t="s">
@@ -2850,1489 +2838,1469 @@
       </c>
       <c r="G94" s="3">
         <v>23891213</v>
       </c>
     </row>
     <row r="95" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B95" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="4">
         <v>45756</v>
       </c>
       <c r="F95" s="4">
         <v>46049</v>
       </c>
       <c r="G95" s="3">
         <v>33664353</v>
       </c>
     </row>
     <row r="96" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B96" s="2" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D96" s="4">
-        <v>46356</v>
+        <v>46173</v>
       </c>
       <c r="E96" s="4">
         <v>45755</v>
       </c>
       <c r="F96" s="4">
-        <v>46273</v>
+        <v>46427</v>
       </c>
       <c r="G96" s="3">
-        <v>3159757.81</v>
+        <v>119157842</v>
       </c>
     </row>
     <row r="97" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B97" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D97" s="4">
         <v>46356</v>
       </c>
       <c r="E97" s="4">
         <v>45755</v>
       </c>
       <c r="F97" s="4">
         <v>46273</v>
       </c>
       <c r="G97" s="3">
-        <v>13135896.5</v>
-[...2 lines deleted...]
-    <row r="98" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>3174424.1066640001</v>
+      </c>
+    </row>
+    <row r="98" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B98" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D98" s="4">
         <v>46356</v>
       </c>
       <c r="E98" s="4">
         <v>45755</v>
       </c>
       <c r="F98" s="4">
         <v>46273</v>
       </c>
       <c r="G98" s="3">
-        <v>2898746.74</v>
-[...2 lines deleted...]
-    <row r="99" spans="2:7" x14ac:dyDescent="0.25">
+        <v>13419850.833332</v>
+      </c>
+    </row>
+    <row r="99" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B99" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D99" s="4">
         <v>46356</v>
       </c>
       <c r="E99" s="4">
         <v>45755</v>
       </c>
       <c r="F99" s="4">
         <v>46273</v>
       </c>
       <c r="G99" s="3">
-        <v>9651047.4100000001</v>
+        <v>2933800.78</v>
       </c>
     </row>
     <row r="100" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B100" s="2" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D100" s="4">
-        <v>46326</v>
+        <v>46356</v>
       </c>
       <c r="E100" s="4">
         <v>45755</v>
       </c>
       <c r="F100" s="4">
-        <v>46245</v>
+        <v>46273</v>
       </c>
       <c r="G100" s="3">
-        <v>18848963.420000002</v>
+        <v>9745230.3599999994</v>
       </c>
     </row>
     <row r="101" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B101" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D101" s="4">
         <v>46326</v>
       </c>
       <c r="E101" s="4">
         <v>45755</v>
       </c>
       <c r="F101" s="4">
         <v>46245</v>
       </c>
       <c r="G101" s="3">
-        <v>2776784.02</v>
-[...2 lines deleted...]
-    <row r="102" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>18503283.576664001</v>
+      </c>
+    </row>
+    <row r="102" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B102" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D102" s="4">
         <v>46326</v>
       </c>
       <c r="E102" s="4">
         <v>45755</v>
       </c>
       <c r="F102" s="4">
         <v>46245</v>
       </c>
       <c r="G102" s="3">
-        <v>2284123.7200000002</v>
-[...2 lines deleted...]
-    <row r="103" spans="2:7" x14ac:dyDescent="0.25">
+        <v>2951756.1066640001</v>
+      </c>
+    </row>
+    <row r="103" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B103" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="D103" s="2"/>
+      <c r="D103" s="4">
+        <v>46326</v>
+      </c>
       <c r="E103" s="4">
         <v>45755</v>
       </c>
       <c r="F103" s="4">
         <v>46245</v>
       </c>
       <c r="G103" s="3">
-        <v>0</v>
+        <v>2293809.0033320002</v>
       </c>
     </row>
     <row r="104" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B104" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D104" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="4">
         <v>45755</v>
       </c>
       <c r="F104" s="4">
-        <v>46217</v>
+        <v>46245</v>
       </c>
       <c r="G104" s="3">
-        <v>1622348.86</v>
-[...2 lines deleted...]
-    <row r="105" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B105" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D105" s="4">
         <v>46295</v>
       </c>
       <c r="E105" s="4">
         <v>45755</v>
       </c>
       <c r="F105" s="4">
         <v>46217</v>
       </c>
       <c r="G105" s="3">
-        <v>6517458.5199999996</v>
+        <v>1649867.9166639999</v>
       </c>
     </row>
     <row r="106" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B106" s="2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D106" s="4">
-        <v>46309</v>
+        <v>46295</v>
       </c>
       <c r="E106" s="4">
         <v>45755</v>
       </c>
       <c r="F106" s="4">
         <v>46217</v>
       </c>
       <c r="G106" s="3">
-        <v>34743409.450000003</v>
+        <v>6638940.5800000001</v>
       </c>
     </row>
     <row r="107" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B107" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D107" s="4">
         <v>46309</v>
       </c>
       <c r="E107" s="4">
         <v>45755</v>
       </c>
       <c r="F107" s="4">
         <v>46217</v>
       </c>
       <c r="G107" s="3">
-        <v>49634216.439999998</v>
+        <v>34474662.523332</v>
       </c>
     </row>
     <row r="108" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B108" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D108" s="4">
         <v>46309</v>
       </c>
       <c r="E108" s="4">
         <v>45755</v>
       </c>
       <c r="F108" s="4">
         <v>46217</v>
       </c>
       <c r="G108" s="3">
-        <v>74652738.349999994</v>
-[...2 lines deleted...]
-    <row r="109" spans="2:7" x14ac:dyDescent="0.25">
+        <v>47990768.969999999</v>
+      </c>
+    </row>
+    <row r="109" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B109" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D109" s="4">
-        <v>46326</v>
+        <v>46309</v>
       </c>
       <c r="E109" s="4">
         <v>45755</v>
       </c>
       <c r="F109" s="4">
         <v>46217</v>
       </c>
       <c r="G109" s="3">
-        <v>3894178.69</v>
+        <v>73522816.200000003</v>
       </c>
     </row>
     <row r="110" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B110" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D110" s="4">
-        <v>46295</v>
+        <v>46326</v>
       </c>
       <c r="E110" s="4">
         <v>45755</v>
       </c>
       <c r="F110" s="4">
         <v>46217</v>
       </c>
       <c r="G110" s="3">
-        <v>7199994.8600000003</v>
+        <v>3825076.256664</v>
       </c>
     </row>
     <row r="111" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B111" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D111" s="4">
         <v>46295</v>
       </c>
       <c r="E111" s="4">
         <v>45755</v>
       </c>
       <c r="F111" s="4">
-        <v>46182</v>
+        <v>46217</v>
       </c>
       <c r="G111" s="3">
-        <v>17836293.190000001</v>
+        <v>7576258.2133320002</v>
       </c>
     </row>
     <row r="112" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B112" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D112" s="4">
-        <v>46265</v>
+        <v>46295</v>
       </c>
       <c r="E112" s="4">
         <v>45755</v>
       </c>
       <c r="F112" s="4">
         <v>46182</v>
       </c>
       <c r="G112" s="3">
-        <v>6861062.2699999996</v>
-[...2 lines deleted...]
-    <row r="113" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>17764670.046664</v>
+      </c>
+    </row>
+    <row r="113" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B113" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D113" s="4">
         <v>46265</v>
       </c>
       <c r="E113" s="4">
         <v>45755</v>
       </c>
       <c r="F113" s="4">
         <v>46182</v>
       </c>
       <c r="G113" s="3">
-        <v>12877428.76</v>
+        <v>6723792.75</v>
       </c>
     </row>
     <row r="114" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B114" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D114" s="4">
-        <v>46295</v>
+        <v>46265</v>
       </c>
       <c r="E114" s="4">
         <v>45755</v>
       </c>
       <c r="F114" s="4">
         <v>46182</v>
       </c>
       <c r="G114" s="3">
-        <v>4902218.1900000004</v>
+        <v>5173270.62</v>
       </c>
     </row>
     <row r="115" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B115" s="2" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D115" s="4">
         <v>46265</v>
       </c>
       <c r="E115" s="4">
         <v>45755</v>
       </c>
       <c r="F115" s="4">
-        <v>46154</v>
+        <v>46182</v>
       </c>
       <c r="G115" s="3">
-        <v>4744793.17</v>
+        <v>12996546.106664</v>
       </c>
     </row>
     <row r="116" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B116" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D116" s="4">
-        <v>46234</v>
+        <v>46295</v>
       </c>
       <c r="E116" s="4">
         <v>45755</v>
       </c>
       <c r="F116" s="4">
-        <v>46154</v>
+        <v>46182</v>
       </c>
       <c r="G116" s="3">
-        <v>5297884.97</v>
-[...2 lines deleted...]
-    <row r="117" spans="2:7" x14ac:dyDescent="0.25">
+        <v>4971181.2300000004</v>
+      </c>
+    </row>
+    <row r="117" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B117" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D117" s="4">
         <v>46265</v>
       </c>
       <c r="E117" s="4">
         <v>45755</v>
       </c>
       <c r="F117" s="4">
         <v>46154</v>
       </c>
       <c r="G117" s="3">
-        <v>1200926.23</v>
+        <v>4644868.62</v>
       </c>
     </row>
     <row r="118" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B118" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D118" s="4">
-        <v>46265</v>
+        <v>46234</v>
       </c>
       <c r="E118" s="4">
         <v>45755</v>
       </c>
       <c r="F118" s="4">
         <v>46154</v>
       </c>
       <c r="G118" s="3">
-        <v>4884028.68</v>
+        <v>5113897.9333319999</v>
       </c>
     </row>
     <row r="119" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B119" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D119" s="4">
-        <v>46173</v>
+        <v>46265</v>
       </c>
       <c r="E119" s="4">
         <v>45755</v>
       </c>
       <c r="F119" s="4">
-        <v>46091</v>
+        <v>46154</v>
       </c>
       <c r="G119" s="3">
-        <v>119157842</v>
+        <v>1195856.6566639999</v>
       </c>
     </row>
     <row r="120" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B120" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="4">
         <v>45699</v>
       </c>
       <c r="F120" s="4">
         <v>46245</v>
       </c>
       <c r="G120" s="3">
-        <v>0</v>
+        <v>7100777</v>
       </c>
     </row>
     <row r="121" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B121" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D121" s="4">
         <v>46387</v>
       </c>
       <c r="E121" s="4">
         <v>45685</v>
       </c>
       <c r="F121" s="4">
         <v>46294</v>
       </c>
       <c r="G121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B122" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D122" s="4">
         <v>46112</v>
       </c>
       <c r="E122" s="4">
         <v>45685</v>
       </c>
       <c r="F122" s="4">
-        <v>46077</v>
+        <v>46112</v>
       </c>
       <c r="G122" s="3">
-        <v>11184509.83</v>
+        <v>10716017.109999999</v>
       </c>
     </row>
     <row r="123" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B123" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D123" s="4">
-        <v>46173</v>
+        <v>46538</v>
       </c>
       <c r="E123" s="4">
         <v>45636</v>
       </c>
       <c r="F123" s="4">
         <v>46427</v>
       </c>
       <c r="G123" s="3">
-        <v>795572.96</v>
+        <v>791560.96666399995</v>
       </c>
     </row>
     <row r="124" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B124" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D124" s="4">
         <v>46142</v>
       </c>
       <c r="E124" s="4">
         <v>45636</v>
       </c>
       <c r="F124" s="4">
         <v>46364</v>
       </c>
       <c r="G124" s="3">
-        <v>2350648.54</v>
+        <v>2372204.0366639998</v>
       </c>
     </row>
     <row r="125" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B125" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D125" s="4">
         <v>46507</v>
       </c>
       <c r="E125" s="4">
         <v>45636</v>
       </c>
       <c r="F125" s="4">
         <v>46364</v>
       </c>
       <c r="G125" s="3">
-        <v>7849921.75</v>
-[...2 lines deleted...]
-    <row r="126" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>8044934.763332</v>
+      </c>
+    </row>
+    <row r="126" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B126" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C126" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D126" s="4">
         <v>46387</v>
       </c>
       <c r="E126" s="4">
         <v>45636</v>
       </c>
       <c r="F126" s="4">
         <v>46308</v>
       </c>
       <c r="G126" s="3">
-        <v>47391754.365999997</v>
-[...2 lines deleted...]
-    <row r="127" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>46510967.740000002</v>
+      </c>
+    </row>
+    <row r="127" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B127" s="2" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D127" s="4">
         <v>46387</v>
       </c>
       <c r="E127" s="4">
         <v>45636</v>
       </c>
       <c r="F127" s="4">
         <v>46308</v>
       </c>
       <c r="G127" s="3">
-        <v>17623267.710000001</v>
+        <v>17430056.57</v>
       </c>
     </row>
     <row r="128" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B128" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D128" s="4">
         <v>46203</v>
       </c>
       <c r="E128" s="4">
         <v>45636</v>
       </c>
       <c r="F128" s="4">
         <v>46308</v>
       </c>
       <c r="G128" s="3">
-        <v>36277695.689999998</v>
+        <v>36611131.256664</v>
       </c>
     </row>
     <row r="129" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B129" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D129" s="4">
         <v>46203</v>
       </c>
       <c r="E129" s="4">
         <v>45636</v>
       </c>
       <c r="F129" s="4">
         <v>46308</v>
       </c>
       <c r="G129" s="3">
-        <v>9239814.4600000009</v>
-[...2 lines deleted...]
-    <row r="130" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>9118404.9433319997</v>
+      </c>
+    </row>
+    <row r="130" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B130" s="2" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D130" s="4">
         <v>46387</v>
       </c>
       <c r="E130" s="4">
         <v>45636</v>
       </c>
       <c r="F130" s="4">
         <v>46308</v>
       </c>
       <c r="G130" s="3">
-        <v>19489806.940000001</v>
+        <v>19406366.600000001</v>
       </c>
     </row>
     <row r="131" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B131" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D131" s="4">
         <v>46387</v>
       </c>
       <c r="E131" s="4">
         <v>45636</v>
       </c>
       <c r="F131" s="4">
         <v>46273</v>
       </c>
       <c r="G131" s="3">
-        <v>63055028.170000002</v>
+        <v>63909406.886664003</v>
       </c>
     </row>
     <row r="132" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B132" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D132" s="4">
         <v>46173</v>
       </c>
       <c r="E132" s="4">
         <v>45636</v>
       </c>
       <c r="F132" s="4">
-        <v>46126</v>
+        <v>46182</v>
       </c>
       <c r="G132" s="3">
-        <v>33537964.940000001</v>
-[...2 lines deleted...]
-    <row r="133" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>46691582.407332003</v>
+      </c>
+    </row>
+    <row r="133" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B133" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D133" s="4">
-        <v>46203</v>
+        <v>46173</v>
       </c>
       <c r="E133" s="4">
         <v>45636</v>
       </c>
       <c r="F133" s="4">
-        <v>46126</v>
+        <v>46182</v>
       </c>
       <c r="G133" s="3">
-        <v>547487674.29999995</v>
+        <v>35609009.496664003</v>
       </c>
     </row>
     <row r="134" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B134" s="2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D134" s="4">
-        <v>46203</v>
+        <v>46173</v>
       </c>
       <c r="E134" s="4">
         <v>45636</v>
       </c>
       <c r="F134" s="4">
         <v>46126</v>
       </c>
       <c r="G134" s="3">
-        <v>127196688.36</v>
+        <v>33968875.576664001</v>
       </c>
     </row>
     <row r="135" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B135" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D135" s="4">
-        <v>46173</v>
+        <v>46203</v>
       </c>
       <c r="E135" s="4">
         <v>45636</v>
       </c>
       <c r="F135" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G135" s="3">
-        <v>5996966.0099999998</v>
-[...2 lines deleted...]
-    <row r="136" spans="2:7" x14ac:dyDescent="0.25">
+        <v>42411057.763332002</v>
+      </c>
+    </row>
+    <row r="136" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B136" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D136" s="4">
-        <v>46142</v>
+        <v>46295</v>
       </c>
       <c r="E136" s="4">
         <v>45636</v>
       </c>
       <c r="F136" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G136" s="3">
-        <v>41099047.549999997</v>
-[...2 lines deleted...]
-    <row r="137" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>552240694.44333196</v>
+      </c>
+    </row>
+    <row r="137" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B137" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D137" s="4">
-        <v>46142</v>
+        <v>46295</v>
       </c>
       <c r="E137" s="4">
         <v>45636</v>
       </c>
       <c r="F137" s="4">
-        <v>46091</v>
+        <v>46126</v>
       </c>
       <c r="G137" s="3">
-        <v>156939355.16</v>
-[...2 lines deleted...]
-    <row r="138" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>128623502.67666399</v>
+      </c>
+    </row>
+    <row r="138" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B138" s="2" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D138" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D138" s="4">
+        <v>46173</v>
+      </c>
       <c r="E138" s="4">
         <v>45636</v>
       </c>
       <c r="F138" s="4">
         <v>46091</v>
       </c>
       <c r="G138" s="3">
-        <v>5962540</v>
+        <v>6016079.9800000004</v>
       </c>
     </row>
     <row r="139" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B139" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="D139" s="2"/>
+        <v>145</v>
+      </c>
+      <c r="D139" s="4">
+        <v>46142</v>
+      </c>
       <c r="E139" s="4">
         <v>45636</v>
       </c>
       <c r="F139" s="4">
         <v>46091</v>
       </c>
       <c r="G139" s="3">
-        <v>39944249</v>
+        <v>41418388.356664002</v>
       </c>
     </row>
     <row r="140" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B140" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D140" s="2"/>
+        <v>146</v>
+      </c>
+      <c r="D140" s="4">
+        <v>46142</v>
+      </c>
       <c r="E140" s="4">
         <v>45636</v>
       </c>
       <c r="F140" s="4">
         <v>46091</v>
       </c>
       <c r="G140" s="3">
-        <v>32479109</v>
+        <v>158667269.05000001</v>
       </c>
     </row>
     <row r="141" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B141" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="4">
         <v>45636</v>
       </c>
       <c r="F141" s="4">
         <v>46091</v>
       </c>
       <c r="G141" s="3">
-        <v>9467240</v>
+        <v>6143117</v>
       </c>
     </row>
     <row r="142" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B142" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="4">
         <v>45636</v>
       </c>
       <c r="F142" s="4">
         <v>46091</v>
       </c>
       <c r="G142" s="3">
-        <v>45571326.245999999</v>
-[...2 lines deleted...]
-    <row r="143" spans="2:7" x14ac:dyDescent="0.25">
+        <v>44010248</v>
+      </c>
+    </row>
+    <row r="143" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B143" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="4">
         <v>45636</v>
       </c>
       <c r="F143" s="4">
         <v>46091</v>
       </c>
       <c r="G143" s="3">
-        <v>37491163.700000003</v>
-[...2 lines deleted...]
-    <row r="144" spans="2:7" x14ac:dyDescent="0.25">
+        <v>36036033</v>
+      </c>
+    </row>
+    <row r="144" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B144" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="4">
         <v>45636</v>
       </c>
       <c r="F144" s="4">
         <v>46091</v>
       </c>
       <c r="G144" s="3">
-        <v>19433017.34</v>
+        <v>10378961</v>
       </c>
     </row>
     <row r="145" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B145" s="2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D145" s="4">
         <v>46203</v>
       </c>
       <c r="E145" s="4">
         <v>45636</v>
       </c>
       <c r="F145" s="4">
         <v>46091</v>
       </c>
       <c r="G145" s="3">
-        <v>42056938.049999997</v>
-[...2 lines deleted...]
-    <row r="146" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>19745761.146664001</v>
+      </c>
+    </row>
+    <row r="146" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B146" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="4">
         <v>45608</v>
       </c>
       <c r="F146" s="4">
-        <v>46182</v>
+        <v>46217</v>
       </c>
       <c r="G146" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="147" spans="2:7" x14ac:dyDescent="0.25">
+    <row r="147" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B147" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="4">
         <v>45608</v>
       </c>
       <c r="F147" s="4">
-        <v>46154</v>
+        <v>46182</v>
       </c>
       <c r="G147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B148" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D148" s="4">
         <v>46203</v>
       </c>
       <c r="E148" s="4">
         <v>45594</v>
       </c>
       <c r="F148" s="4">
         <v>46126</v>
       </c>
       <c r="G148" s="3">
-        <v>1401267.01</v>
+        <v>1232824.946644</v>
       </c>
     </row>
     <row r="149" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B149" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="4">
         <v>45580</v>
       </c>
       <c r="F149" s="4">
-        <v>46154</v>
+        <v>46217</v>
       </c>
       <c r="G149" s="3">
-        <v>18390244</v>
+        <v>17237460</v>
       </c>
     </row>
     <row r="150" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B150" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D150" s="4">
         <v>46477</v>
       </c>
       <c r="E150" s="4">
         <v>45573</v>
       </c>
       <c r="F150" s="4">
         <v>46364</v>
       </c>
       <c r="G150" s="3">
-        <v>4124091.5</v>
+        <v>4096174.3833320001</v>
       </c>
     </row>
     <row r="151" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B151" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="D151" s="4">
         <v>46387</v>
       </c>
       <c r="E151" s="4">
         <v>45573</v>
       </c>
       <c r="F151" s="4">
         <v>46273</v>
       </c>
       <c r="G151" s="3">
-        <v>33041061.210000001</v>
+        <v>33460406.59</v>
       </c>
     </row>
     <row r="152" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B152" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D152" s="4">
+        <v>46387</v>
+      </c>
+      <c r="E152" s="4">
+        <v>45482</v>
+      </c>
+      <c r="F152" s="4">
+        <v>46273</v>
+      </c>
+      <c r="G152" s="3">
+        <v>17637825.906663999</v>
+      </c>
+    </row>
+    <row r="153" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B153" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C152" s="2" t="s">
+      <c r="C153" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="D152" s="4">
-[...18 lines deleted...]
-      </c>
       <c r="D153" s="4">
-        <v>46387</v>
+        <v>46326</v>
       </c>
       <c r="E153" s="4">
         <v>45482</v>
       </c>
       <c r="F153" s="4">
-        <v>46273</v>
+        <v>46217</v>
       </c>
       <c r="G153" s="3">
-        <v>17343194.760000002</v>
-[...2 lines deleted...]
-    <row r="154" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+        <v>10688274.013332</v>
+      </c>
+    </row>
+    <row r="154" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B154" s="2" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="C154" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D154" s="4">
+        <v>46630</v>
+      </c>
+      <c r="E154" s="4">
+        <v>45391</v>
+      </c>
+      <c r="F154" s="4">
+        <v>46490</v>
+      </c>
+      <c r="G154" s="3">
+        <v>68919699.296664</v>
+      </c>
+    </row>
+    <row r="155" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B155" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D154" s="4">
-[...16 lines deleted...]
-      <c r="C155" s="2" t="s">
+      <c r="D155" s="4">
+        <v>46294.958333333299</v>
+      </c>
+      <c r="E155" s="4">
+        <v>45286</v>
+      </c>
+      <c r="F155" s="4">
+        <v>46203</v>
+      </c>
+      <c r="G155" s="3">
+        <v>1488910.98</v>
+      </c>
+    </row>
+    <row r="156" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="D155" s="4">
-[...18 lines deleted...]
-      </c>
       <c r="D156" s="4">
-        <v>46294.958333333299</v>
+        <v>46203</v>
       </c>
       <c r="E156" s="4">
         <v>45286</v>
       </c>
       <c r="F156" s="4">
-        <v>46203</v>
+        <v>46140</v>
       </c>
       <c r="G156" s="3">
-        <v>1219584.046632</v>
+        <v>19657943</v>
       </c>
     </row>
     <row r="157" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B157" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D157" s="4">
-        <v>46203</v>
+        <v>46142</v>
       </c>
       <c r="E157" s="4">
         <v>45286</v>
       </c>
       <c r="F157" s="4">
-        <v>46140</v>
+        <v>46112</v>
       </c>
       <c r="G157" s="3">
-        <v>19657943</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B158" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D158" s="4">
         <v>46142</v>
       </c>
       <c r="E158" s="4">
-        <v>45286</v>
+        <v>45271</v>
       </c>
       <c r="F158" s="4">
-        <v>46077</v>
+        <v>46126</v>
       </c>
       <c r="G158" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="159" spans="2:7" x14ac:dyDescent="0.25">
+        <v>3209690.56</v>
+      </c>
+    </row>
+    <row r="159" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
       <c r="B159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D159" s="4">
-        <v>46142</v>
+        <v>46295</v>
       </c>
       <c r="E159" s="4">
-        <v>45271</v>
+        <v>45223</v>
       </c>
       <c r="F159" s="4">
-        <v>46126</v>
+        <v>46231</v>
       </c>
       <c r="G159" s="3">
-        <v>3159784.49</v>
+        <v>2664302</v>
       </c>
     </row>
     <row r="160" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
       <c r="B160" s="2" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D160" s="4">
-        <v>46295</v>
+        <v>46112</v>
       </c>
       <c r="E160" s="4">
-        <v>45223</v>
+        <v>45152</v>
       </c>
       <c r="F160" s="4">
-        <v>46231</v>
+        <v>46273</v>
       </c>
       <c r="G160" s="3">
-        <v>2664302</v>
+        <v>6357747.973332</v>
       </c>
     </row>
     <row r="161" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
       <c r="B161" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="4">
         <v>45152</v>
       </c>
       <c r="F161" s="4">
         <v>46273</v>
       </c>
       <c r="G161" s="3">
-        <v>5691647.9266640004</v>
-[...2 lines deleted...]
-    <row r="162" spans="2:7" ht="38.25" x14ac:dyDescent="0.25">
+        <v>4466248</v>
+      </c>
+    </row>
+    <row r="162" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B162" s="2" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D162" s="2"/>
+        <v>168</v>
+      </c>
+      <c r="D162" s="4">
+        <v>46387</v>
+      </c>
       <c r="E162" s="4">
-        <v>45152</v>
+        <v>44844</v>
       </c>
       <c r="F162" s="4">
         <v>46273</v>
       </c>
       <c r="G162" s="3">
-        <v>4466248</v>
+        <v>130554953</v>
       </c>
     </row>
     <row r="163" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B163" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D163" s="4">
-        <v>46387</v>
+        <v>46386</v>
       </c>
       <c r="E163" s="4">
         <v>44844</v>
       </c>
       <c r="F163" s="4">
         <v>46273</v>
       </c>
       <c r="G163" s="3">
-        <v>130554953</v>
+        <v>23665536.066663999</v>
       </c>
     </row>
     <row r="164" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B164" s="2" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D164" s="4">
-        <v>46386</v>
+        <v>46418</v>
       </c>
       <c r="E164" s="4">
-        <v>44844</v>
+        <v>44713</v>
       </c>
       <c r="F164" s="4">
-        <v>46273</v>
+        <v>46350</v>
       </c>
       <c r="G164" s="3">
-        <v>23887178.780000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B165" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D165" s="4">
-        <v>46418</v>
+        <v>46387.083333333299</v>
       </c>
       <c r="E165" s="4">
         <v>44713</v>
       </c>
       <c r="F165" s="4">
-        <v>46350</v>
+        <v>46322</v>
       </c>
       <c r="G165" s="3">
-        <v>0</v>
+        <v>989987</v>
       </c>
     </row>
     <row r="166" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B166" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D166" s="4">
-        <v>46387.083333333299</v>
+        <v>46203</v>
       </c>
       <c r="E166" s="4">
         <v>44713</v>
       </c>
       <c r="F166" s="4">
-        <v>46322</v>
+        <v>46140</v>
       </c>
       <c r="G166" s="3">
-        <v>989987</v>
+        <v>46644718.666611999</v>
       </c>
     </row>
     <row r="167" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B167" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D167" s="4">
-        <v>46203</v>
+        <v>46173</v>
       </c>
       <c r="E167" s="4">
-        <v>44713</v>
+        <v>44543</v>
       </c>
       <c r="F167" s="4">
-        <v>46077</v>
+        <v>46126</v>
       </c>
       <c r="G167" s="3">
-        <v>49645760.369999997</v>
-[...22 lines deleted...]
-    <row r="169" spans="2:7" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+        <v>2068164.9466639999</v>
+      </c>
+    </row>
+    <row r="168" spans="2:7" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="B5:I5"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>